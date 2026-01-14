--- v0 (2025-10-08)
+++ v1 (2026-01-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$C$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
   <si>
     <t>Contrato</t>
   </si>
   <si>
     <t>Fiscal</t>
   </si>
   <si>
     <t>Gestor</t>
   </si>
   <si>
     <t>001/2023</t>
   </si>
   <si>
     <t>Roberta Sakuma Kashivaqui</t>
   </si>
   <si>
     <t>Leionardo A. Oliveira Portes</t>
   </si>
   <si>
     <t>042/2020</t>
   </si>
   <si>
     <t>Angelo Dresseno Filho / Albari Josebel Padilha</t>
   </si>
   <si>
@@ -812,50 +812,77 @@
     <t>Francielli Daiane dos Santos Dario</t>
   </si>
   <si>
     <t>015/2024</t>
   </si>
   <si>
     <t>028/2024</t>
   </si>
   <si>
     <t>023/2024</t>
   </si>
   <si>
     <t>Guacira Maria Rodrigues Oliveira</t>
   </si>
   <si>
     <t>013/2025</t>
   </si>
   <si>
     <t>012/2024</t>
   </si>
   <si>
     <t>011/2025</t>
   </si>
   <si>
     <t>050/2023</t>
+  </si>
+  <si>
+    <t>019/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE FILIAÇÃO</t>
+  </si>
+  <si>
+    <t>014/2025</t>
+  </si>
+  <si>
+    <t>022/2025</t>
+  </si>
+  <si>
+    <t>Rafael Elias Zanetti e Camila Brunetta Silva</t>
+  </si>
+  <si>
+    <t>017/2025</t>
+  </si>
+  <si>
+    <t>Guacira Maria Rodrigues de Oliveira</t>
+  </si>
+  <si>
+    <t>ALBARI JOSEBEL FERREIRA PADILHA</t>
+  </si>
+  <si>
+    <t>JOÃO LUIZ DO NASCIMENTO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1207,55 +1234,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C249"/>
+  <dimension ref="A1:C255"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A1" sqref="A1:C249"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1:C255"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -3958,50 +3985,116 @@
       </c>
       <c r="C247" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C248" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C249" s="2" t="s">
         <v>8</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="B250" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C250" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="B251" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C251" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="B252" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="B253" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="C253" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="B254" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="C254" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B255" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="C255" s="2" t="s">
+        <v>274</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:C1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -4013,31 +4106,31 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Portal da Transparência - ALEP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Relatório de Gestores de Contratos</dc:title>
-  <dc:description>Relatório de Gestores de Contratos gerado em 08/10/2025 09:19:09</dc:description>
+  <dc:description>Relatório de Gestores de Contratos gerado em 14/01/2026 06:53:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>