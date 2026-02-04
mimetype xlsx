--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$C$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="276">
   <si>
     <t>Contrato</t>
   </si>
   <si>
     <t>Fiscal</t>
   </si>
   <si>
     <t>Gestor</t>
   </si>
   <si>
     <t>001/2023</t>
   </si>
   <si>
     <t>Roberta Sakuma Kashivaqui</t>
   </si>
   <si>
     <t>Leionardo A. Oliveira Portes</t>
   </si>
   <si>
     <t>042/2020</t>
   </si>
   <si>
     <t>Angelo Dresseno Filho / Albari Josebel Padilha</t>
   </si>
   <si>
@@ -839,50 +839,53 @@
     <t>019/2025</t>
   </si>
   <si>
     <t>TERMO DE FILIAÇÃO</t>
   </si>
   <si>
     <t>014/2025</t>
   </si>
   <si>
     <t>022/2025</t>
   </si>
   <si>
     <t>Rafael Elias Zanetti e Camila Brunetta Silva</t>
   </si>
   <si>
     <t>017/2025</t>
   </si>
   <si>
     <t>Guacira Maria Rodrigues de Oliveira</t>
   </si>
   <si>
     <t>ALBARI JOSEBEL FERREIRA PADILHA</t>
   </si>
   <si>
     <t>JOÃO LUIZ DO NASCIMENTO</t>
+  </si>
+  <si>
+    <t>Clara Dantas Mendes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1234,55 +1237,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C255"/>
+  <dimension ref="A1:C256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A1" sqref="A1:C255"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1:C256"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -4050,50 +4053,61 @@
         <v>270</v>
       </c>
       <c r="C253" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="2" t="s">
         <v>271</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>272</v>
       </c>
       <c r="C254" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C255" s="2" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="B256" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="C256" s="2" t="s">
         <v>274</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:C1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4106,31 +4120,31 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Portal da Transparência - ALEP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Relatório de Gestores de Contratos</dc:title>
-  <dc:description>Relatório de Gestores de Contratos gerado em 14/01/2026 06:53:43</dc:description>
+  <dc:description>Relatório de Gestores de Contratos gerado em 03/02/2026 23:12:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>