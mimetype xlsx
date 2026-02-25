--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -874,100 +874,103 @@
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF10465e"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFCCCCCC"/>
       </left>
       <right style="thin">
         <color rgb="FFCCCCCC"/>
       </right>
       <top style="thin">
         <color rgb="FFCCCCCC"/>
       </top>
       <bottom style="thin">
         <color rgb="FFCCCCCC"/>
       </bottom>
+      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -4068,83 +4071,84 @@
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C255" s="2" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="2" t="s">
         <v>266</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>275</v>
       </c>
       <c r="C256" s="2" t="s">
         <v>274</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:C1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Portal da Transparência - ALEP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Relatório de Gestores de Contratos</dc:title>
-  <dc:description>Relatório de Gestores de Contratos gerado em 03/02/2026 23:12:25</dc:description>
+  <dc:description>Relatório de Gestores de Contratos gerado em 24/02/2026 21:20:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>