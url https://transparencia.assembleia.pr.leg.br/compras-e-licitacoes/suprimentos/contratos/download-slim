--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$C$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="276">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
   <si>
     <t>Contrato</t>
   </si>
   <si>
     <t>Fiscal</t>
   </si>
   <si>
     <t>Gestor</t>
   </si>
   <si>
     <t>001/2023</t>
   </si>
   <si>
     <t>Roberta Sakuma Kashivaqui</t>
   </si>
   <si>
     <t>Leionardo A. Oliveira Portes</t>
   </si>
   <si>
     <t>042/2020</t>
   </si>
   <si>
     <t>Angelo Dresseno Filho / Albari Josebel Padilha</t>
   </si>
   <si>
@@ -604,50 +604,53 @@
   <si>
     <t>052/2023</t>
   </si>
   <si>
     <t>Nicholas Bruno Pimentel</t>
   </si>
   <si>
     <t>Rubens Santarém Júnior</t>
   </si>
   <si>
     <t>056/2019</t>
   </si>
   <si>
     <t>Karen Schonorr Welang</t>
   </si>
   <si>
     <t>005/2021</t>
   </si>
   <si>
     <t>025/2020</t>
   </si>
   <si>
     <t>Marcelo Sirvas Plata / Roberta S. Kashivaqui</t>
   </si>
   <si>
+    <t>Marcus Vinicius Schoenberger</t>
+  </si>
+  <si>
     <t>Christian  Eduardo Perez Diaz</t>
   </si>
   <si>
     <t>Thalita Jucely de Campo</t>
   </si>
   <si>
     <t>001/2024</t>
   </si>
   <si>
     <t>Cássio Mazzarotto de Sá</t>
   </si>
   <si>
     <t>004/2024</t>
   </si>
   <si>
     <t>Sabrina Megumi Nassumo/Juliana Gilmara Lacerda Lopes da Silva</t>
   </si>
   <si>
     <t>2020/1967</t>
   </si>
   <si>
     <t>Walkiria Wiziack Zauith de Pauli</t>
   </si>
   <si>
     <t>051/2021</t>
@@ -835,57 +838,105 @@
   <si>
     <t>050/2023</t>
   </si>
   <si>
     <t>019/2025</t>
   </si>
   <si>
     <t>TERMO DE FILIAÇÃO</t>
   </si>
   <si>
     <t>014/2025</t>
   </si>
   <si>
     <t>022/2025</t>
   </si>
   <si>
     <t>Rafael Elias Zanetti e Camila Brunetta Silva</t>
   </si>
   <si>
     <t>017/2025</t>
   </si>
   <si>
     <t>Guacira Maria Rodrigues de Oliveira</t>
   </si>
   <si>
-    <t>ALBARI JOSEBEL FERREIRA PADILHA</t>
+    <t>Clara Dantas Mendes</t>
   </si>
   <si>
     <t>JOÃO LUIZ DO NASCIMENTO</t>
   </si>
   <si>
-    <t>Clara Dantas Mendes</t>
+    <t>Ata de Registro de Preços n° 001/2025</t>
+  </si>
+  <si>
+    <t>Sabrina Megumi</t>
+  </si>
+  <si>
+    <t>035/2025</t>
+  </si>
+  <si>
+    <t>003/2026</t>
+  </si>
+  <si>
+    <t>Marcus Vinícius Schoenberger</t>
+  </si>
+  <si>
+    <t>021/2025</t>
+  </si>
+  <si>
+    <t>Fernando Ferrari de Morais</t>
+  </si>
+  <si>
+    <t>Eduardo Pereira Camargo</t>
+  </si>
+  <si>
+    <t>006/2026</t>
+  </si>
+  <si>
+    <t>Kátia Ferreira Chagas</t>
+  </si>
+  <si>
+    <t>001/2026</t>
+  </si>
+  <si>
+    <t>001/2025</t>
+  </si>
+  <si>
+    <t>Rodrigo Ribas</t>
+  </si>
+  <si>
+    <t>023/2025</t>
+  </si>
+  <si>
+    <t>Marcelo Luiz Tokars</t>
+  </si>
+  <si>
+    <t>025/2025</t>
+  </si>
+  <si>
+    <t>028/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1240,55 +1291,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C256"/>
+  <dimension ref="A1:C268"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A1" sqref="A1:C256"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1:C268"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -2920,1198 +2971,1330 @@
         <v>193</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="2" t="s">
         <v>194</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>195</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>161</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="B163" s="2" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="2" t="s">
         <v>172</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="2" t="s">
         <v>173</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>135</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C181" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C187" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C191" s="2" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="2" t="s">
         <v>175</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C193" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="2" t="s">
         <v>157</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C195" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C196" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>161</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C201" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C202" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C203" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C204" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C205" s="2" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C208" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C209" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C210" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C211" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C213" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C214" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C217" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C228" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C229" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C232" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C233" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C234" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C235" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C236" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C237" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C238" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C239" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C243" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C244" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C245" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C246" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C247" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C248" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C249" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C250" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C251" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C252" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C253" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C254" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="2" t="s">
-        <v>18</v>
+        <v>267</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="2" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="B256" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C256" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="C256" s="2" t="s">
-        <v>274</v>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="B257" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="C257" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B258" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="C258" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="B259" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="C259" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B260" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="C260" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="B261" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="C261" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="B262" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="C262" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="B263" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="C263" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B264" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C264" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="B265" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="C265" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="B266" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="C266" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="B267" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C267" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="B268" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="C268" s="2" t="s">
+        <v>8</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -4124,31 +4307,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Portal da Transparência - ALEP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Relatório de Gestores de Contratos</dc:title>
-  <dc:description>Relatório de Gestores de Contratos gerado em 24/02/2026 21:20:00</dc:description>
+  <dc:description>Relatório de Gestores de Contratos gerado em 17/03/2026 15:27:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>