--- v4 (2026-03-17)
+++ v5 (2026-03-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$C$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="296">
   <si>
     <t>Contrato</t>
   </si>
   <si>
     <t>Fiscal</t>
   </si>
   <si>
     <t>Gestor</t>
   </si>
   <si>
     <t>001/2023</t>
   </si>
   <si>
     <t>Roberta Sakuma Kashivaqui</t>
   </si>
   <si>
     <t>Leionardo A. Oliveira Portes</t>
   </si>
   <si>
     <t>042/2020</t>
   </si>
   <si>
     <t>Angelo Dresseno Filho / Albari Josebel Padilha</t>
   </si>
   <si>
@@ -893,50 +893,59 @@
     <t>006/2026</t>
   </si>
   <si>
     <t>Kátia Ferreira Chagas</t>
   </si>
   <si>
     <t>001/2026</t>
   </si>
   <si>
     <t>001/2025</t>
   </si>
   <si>
     <t>Rodrigo Ribas</t>
   </si>
   <si>
     <t>023/2025</t>
   </si>
   <si>
     <t>Marcelo Luiz Tokars</t>
   </si>
   <si>
     <t>025/2025</t>
   </si>
   <si>
     <t>028/2025</t>
+  </si>
+  <si>
+    <t>Eloise Cristhina Baggio</t>
+  </si>
+  <si>
+    <t>036/2025</t>
+  </si>
+  <si>
+    <t>Thalita Mello</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1291,55 +1300,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C268"/>
+  <dimension ref="A1:C270"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A1" sqref="A1:C268"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1:C270"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -4250,50 +4259,72 @@
         <v>290</v>
       </c>
       <c r="C266" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="2" t="s">
         <v>291</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C267" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="2" t="s">
         <v>292</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C268" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B269" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="C269" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="B270" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="C270" s="2" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4307,31 +4338,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Portal da Transparência - ALEP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Relatório de Gestores de Contratos</dc:title>
-  <dc:description>Relatório de Gestores de Contratos gerado em 17/03/2026 15:27:49</dc:description>
+  <dc:description>Relatório de Gestores de Contratos gerado em 17/03/2026 16:55:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>