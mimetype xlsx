--- v0 (2025-10-08)
+++ v1 (2026-01-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$O$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1679">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1730">
   <si>
     <t>Diretoria</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Fornecedor</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Fiscal</t>
   </si>
   <si>
     <t>Gestor</t>
   </si>
   <si>
     <t>Contrato</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
@@ -2896,51 +2896,51 @@
   <si>
     <t>Aquisição de telefones analógicos fixos de mesa.</t>
   </si>
   <si>
     <t>046/2023</t>
   </si>
   <si>
     <t>041/2023</t>
   </si>
   <si>
     <t>R$ 7.180,00</t>
   </si>
   <si>
     <t>00258-64.2022</t>
   </si>
   <si>
     <t>ADSERVI Adm de Serviços</t>
   </si>
   <si>
     <t>Limpeza e conservação</t>
   </si>
   <si>
     <t>039/2022</t>
   </si>
   <si>
-    <t>6º aditivo</t>
+    <t>7º aditivo</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>30/11/2022</t>
   </si>
   <si>
     <t>R$ 9.915.337,70</t>
   </si>
   <si>
     <t>13218-20.2023</t>
   </si>
   <si>
     <t>Gráfica Comunique LTDA</t>
   </si>
   <si>
     <t>O presente contrato tem como objeto a aquisição de 70 (setenta) unidades de
 carteiras funcionais de identificação para os Deputados Estaduais, conforme
 especificações e quantitativos definidos no Termo de Referência.</t>
   </si>
   <si>
     <t>034/2023</t>
   </si>
   <si>
@@ -3698,50 +3698,56 @@
 representantes de associações comerciais, câmaras de comércio e de países estrangeiros em
 palestras, seminários, painéis, oficinas e exposições sobre as temáticas vinculadas ao
 desenvolvimento industrial, social, turístico, comercial, cultural e tecnológico, tanto no âmbito
 regional como internacional, relacionando o poder público com as organizações civis e não
 governamentais.</t>
   </si>
   <si>
     <t>18/05/2020</t>
   </si>
   <si>
     <t>17/08/2025</t>
   </si>
   <si>
     <t>14845-41.2020</t>
   </si>
   <si>
     <t>COPEL Comercializadora - Mercado Livre</t>
   </si>
   <si>
     <t>comercialização de energia elétrica</t>
   </si>
   <si>
     <t>2020/1967</t>
   </si>
   <si>
+    <t>30/06/2026</t>
+  </si>
+  <si>
+    <t>R$ 3.506.936,00</t>
+  </si>
+  <si>
     <t>07174-54.2023</t>
   </si>
   <si>
     <t>SGDES - SUPERINTENDÊNCIA GERAL DE DESENVOLVIMENTO ECONÔMICO E SOCIAL</t>
   </si>
   <si>
     <t>O presente Termo de Cooperação Técnica tem por objeto a conjugação de esforços e
 cooperação entre as Partes, visando a promoção dos ODS no Estado do Paraná, conforme
 projeto previsto no Plano de Trabalho (Anexo I). Ademais, almeja-se atingir o mais elevado
 grau de eficiência na administração pública, auxiliando na promoção da Agenda 2030 no
 Estado do Paraná por meio do desenvolvimento de ações para o alcance dos Objetivos e
 Metas nela previstas</t>
   </si>
   <si>
     <t>Walkiria Wiziack Zauith de Pauli</t>
   </si>
   <si>
     <t>05/12/2023</t>
   </si>
   <si>
     <t>05/12/2025</t>
   </si>
   <si>
     <t>12713-78.2022</t>
   </si>
@@ -3768,69 +3774,72 @@
   <si>
     <t>LIGGA Telecomunicações</t>
   </si>
   <si>
     <t>Contratação de empresa autorizada pela Agência Nacional de Telecomunicações
 (ANATEL) para operar serviços de comunicação multimídia (SCM), para prestar serviços de comunicação de
 dados e formação de redes privativas para acesso à Internet, para atender as necessidades da Assembleia Legislativa
 do Paraná.</t>
   </si>
   <si>
     <t>Marcelo Sirvas Plata / Deimon Machado</t>
   </si>
   <si>
     <t>051/2021</t>
   </si>
   <si>
     <t>035/2021</t>
   </si>
   <si>
     <t>16/12/2021</t>
   </si>
   <si>
     <t>16/12/2025</t>
   </si>
   <si>
-    <t>R$ 40.830,90</t>
+    <t>R$ 43.222,90</t>
   </si>
   <si>
     <t>MUNDIVOX COMUNICACOES LTDA</t>
   </si>
   <si>
-    <t>Contratação de empresa autorizada pela Agência Nacional de Telecomunicações
-[...2 lines deleted...]
-Internet, conforme especificações descritas no Edital e seus Anexos.</t>
+    <t>Contratação de empresa autorizada pela Agência Nacional de Telecomunicações (ANATEL) para operar serviços de comunicação multimídia (SCM), para prestar serviços de comunicação de dados e formação de redes privativas e para acesso à Internet, conforme especificações descritas no Edital e seus Anexos.</t>
   </si>
   <si>
     <t>050/2021</t>
   </si>
   <si>
-    <t>1º aditivo</t>
+    <t>2º aditivo</t>
+  </si>
+  <si>
+    <t>16/06/2026</t>
   </si>
   <si>
     <t>R$ 127.999,68</t>
+  </si>
+  <si>
+    <t>Em razão da celebração do 2º Aditivo, as partes acordam que o valor total do Contrato, para o período de 06 (seis) meses (entre 16/12/2025 e 16/06/2026), será de R$ 23.789,88 (vinte e três mil, setecentos e oitenta e nove reais e oitenta e oito centavos).</t>
   </si>
   <si>
     <t>09724-83.2020</t>
   </si>
   <si>
     <t>TRIBUNAL DE JUSTIÇA DO ESTADO PARANÁ, MINISTÉRIO PÚBLICO DO ESTADO DO PARANÁ E SECRETARIA DE ESTADO DA EDUCAÇÃO E DO ESPORTE</t>
   </si>
   <si>
     <t>Possibilitar que os estudantes do final do Ensino Médio e da Educação
 Profissional das escolas públicas do Estado do Paraná, bem como os estagiários
 de ensino médio dos Três Poderes e do Ministério Público, venham a conhecer e
 vivenciar o exercício da cidadania, da representação política, das lideranças em
 nosso Estado, bem como manter contato com o Poder Legislativo, Judiciário e Executivo, além do Ministério Público, conhecendo o funcionamento e atribuições
 dessas instituições. Ainda, propiciar a vivência do processo democrático, despertando a reflexão crítica e a representação política para, finalmente, desenvolver o
 espírito de protagonismo a fim de que, ao retornarem às suas cidades de origem,
 possam ser multiplicadores de ações.</t>
   </si>
   <si>
     <t>12/01/2021</t>
   </si>
   <si>
     <t>12/01/2026</t>
   </si>
   <si>
     <t>09702-89.2022</t>
@@ -5591,50 +5600,193 @@
     <t>R$ 400.000,00</t>
   </si>
   <si>
     <t>15238-91.2023</t>
   </si>
   <si>
     <t>INSTITUTO PARANAENSE DE DIREITO ADMINISTRATIVO – IPDA</t>
   </si>
   <si>
     <t>A conjugação de esforços visando ao desenvolvimento de estudos e
 pesquisas no âmbito do Direito Administrativo, bem como a realização de eventos
 sobre temas de interesse comum dos partícipes</t>
   </si>
   <si>
     <t>31/12/2023</t>
   </si>
   <si>
     <t>UNIVERSIDADE ESTADUAL DE PONTA GROSSA - UEPG</t>
   </si>
   <si>
     <t>O objeto deste Acordo consiste na conjugação de esforços das partes convenentes
 para o processo de desenvolvimento de cursos de Extensão, Graduação e Pós-Graduação.</t>
   </si>
   <si>
     <t>Termo de Cooperação Acadêmica</t>
+  </si>
+  <si>
+    <t>17673-09.2025</t>
+  </si>
+  <si>
+    <t>Museu Oscar Niemeyer</t>
+  </si>
+  <si>
+    <t>Ação cultural consistente em empréstimo de obras e exposição itinerante do Acervo do Museu Oscar Niemeyer a ser recebida na Assembleia Legislativa do Estado do Paraná</t>
+  </si>
+  <si>
+    <t>019/2025</t>
+  </si>
+  <si>
+    <t>Publicado</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>26/10/2026</t>
+  </si>
+  <si>
+    <t>DIRETORIA DE APOIO TÉCNICO</t>
+  </si>
+  <si>
+    <t>10977-90.2025</t>
+  </si>
+  <si>
+    <t>ASSOCIAÇÃO BRASILEIRA DE TELEVISÕES E RÁDIOS LEGISLATIVAS - ASTRAL</t>
+  </si>
+  <si>
+    <t>O presente TERMO DE FILIAÇÃO tem por objeto formalizar a filiação da ALEP junto à ASTRAL, além de estabelecer a cooperação técnica e o intercâmbio de
+conhecimentos, informações e experiências, visando à implantação, gestão e expansão dos canais de rádio e televisão dos legislativos, bem como a promoção de seminários, cursos, palestras e treinamentos para os profissionais de comunicação e a implementação de ações, programas, projetos e atividades complementares de interesse comum entre a ASTRAL e a ALEP.</t>
+  </si>
+  <si>
+    <t>TERMO DE FILIAÇÃO</t>
+  </si>
+  <si>
+    <t>Vigente</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>25/11/2030</t>
+  </si>
+  <si>
+    <t>Valor da taxa de anuidade, para o período de 12 meses: R$ 12.000,00 (doze mil reais). Valor global do Termo de Filiação, considerando a vigência de 60 (sessenta) meses: R$ 60.000,00 (sessenta mil reais).</t>
+  </si>
+  <si>
+    <t>Apoio Técnico</t>
+  </si>
+  <si>
+    <t>15953-83.2025</t>
+  </si>
+  <si>
+    <t>DEFENSORIA PÚBLICA DO ESTADO DO PARANÁ</t>
+  </si>
+  <si>
+    <t>Estabelecer a cooperação entre a DPE/PR e a ALEP com a finalidade de divulgar conteúdos informativos sobre os serviços oferecidos pela DPE/PR e temas relacionados aos direitos e garantias fundamentais jurídicos gratuitos da DPE/PR, por meio dos canais multimídia da ALEP, em especial, a TV Assembleia.</t>
+  </si>
+  <si>
+    <t>014/2025</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>26/11/2027</t>
+  </si>
+  <si>
+    <t>FEDERAÇÃO DAS ASSOCIAÇÕES COMERCIAIS E EMPRESARIAIS DO ESTADO DO PARANÁ - FACIAP</t>
+  </si>
+  <si>
+    <t>Estabelecer parceria institucional entre a ALEP e a FACIAP, com vistas a promover a articulação entre os Legislativos estadual e municipais e o setor produtivo paranaense, por meio do fortalecimento do associativismo, da cooperação técnica e institucional e da atuação conjunta em eventos e iniciativas de interesse público e empresarial, conforme Plano de Trabalho anexo ao instrumento.</t>
+  </si>
+  <si>
+    <t>Rafael Elias Zanetti e Camila Brunetta Silva</t>
+  </si>
+  <si>
+    <t>022/2025</t>
+  </si>
+  <si>
+    <t>Acordo de Cooperação</t>
+  </si>
+  <si>
+    <t>16/12/2027</t>
+  </si>
+  <si>
+    <t>16426-19.2025</t>
+  </si>
+  <si>
+    <t>DRIMAR COMERCIAL LTDA</t>
+  </si>
+  <si>
+    <t>Aquisição, por dispensa de licitação,  de 1 (uma) guilhotina automática industrial,  para a produção de materiais gráficos e papelaria institucional da Assembleia Legislativa do Estado do Paraná (ALEP).</t>
+  </si>
+  <si>
+    <t>Guacira Maria Rodrigues de Oliveira</t>
+  </si>
+  <si>
+    <t>017/2025</t>
+  </si>
+  <si>
+    <t>Dispensa - Compra Direta</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>15/03/2027</t>
+  </si>
+  <si>
+    <t>R$ 14.079,00</t>
+  </si>
+  <si>
+    <t>24859-84.2025</t>
+  </si>
+  <si>
+    <t>A alteração quantitativa do Contrato n° 004/2022, para a ampliação em mais 03 (três) unidades de troncos IP, conforme necessidade apontada pela Unidade
+Demandante.</t>
+  </si>
+  <si>
+    <t>ALBARI JOSEBEL FERREIRA PADILHA</t>
+  </si>
+  <si>
+    <t>JOÃO LUIZ DO NASCIMENTO</t>
+  </si>
+  <si>
+    <t>Aditivo Contratual</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>R$ 429,30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -5992,55 +6144,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O249"/>
+  <dimension ref="A1:O255"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A1" sqref="A1:O249"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1:O255"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="15" customWidth="true" style="0"/>
     <col min="12" max="12" width="18" customWidth="true" style="0"/>
     <col min="13" max="13" width="18" customWidth="true" style="0"/>
     <col min="14" max="14" width="20" customWidth="true" style="0"/>
     <col min="15" max="15" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -13226,4166 +13378,4440 @@
       <c r="E159" s="2" t="s">
         <v>871</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>1142</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I159" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>35</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L159" s="3" t="s">
         <v>576</v>
       </c>
       <c r="M159" s="3" t="s">
-        <v>989</v>
+        <v>1143</v>
       </c>
       <c r="N159" s="4" t="s">
-        <v>105</v>
+        <v>1144</v>
       </c>
       <c r="O159" s="2"/>
     </row>
     <row r="160" spans="1:15">
       <c r="A160" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="D160" s="2" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I160" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>414</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L160" s="3" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="M160" s="3" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="N160" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O160" s="2"/>
     </row>
     <row r="161" spans="1:15">
       <c r="A161" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="D161" s="2" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H161" s="2" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="I161" s="2" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L161" s="3" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="M161" s="3" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="N161" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O161" s="2"/>
     </row>
     <row r="162" spans="1:15">
       <c r="A162" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D162" s="2" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="H162" s="2" t="s">
-        <v>388</v>
+        <v>169</v>
       </c>
       <c r="I162" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L162" s="3" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="M162" s="3" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="N162" s="4" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="O162" s="2"/>
     </row>
     <row r="163" spans="1:15">
       <c r="A163" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="D163" s="2" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="H163" s="2" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="I163" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L163" s="3" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="M163" s="3" t="s">
-        <v>1162</v>
+        <v>1170</v>
       </c>
       <c r="N163" s="4" t="s">
-        <v>1168</v>
-[...1 lines deleted...]
-      <c r="O163" s="2"/>
+        <v>1171</v>
+      </c>
+      <c r="O163" s="2" t="s">
+        <v>1172</v>
+      </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="D164" s="2" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I164" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L164" s="3" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="M164" s="3" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="N164" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O164" s="2"/>
     </row>
     <row r="165" spans="1:15">
       <c r="A165" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="D165" s="2" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I165" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>274</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L165" s="3" t="s">
         <v>220</v>
       </c>
       <c r="M165" s="3" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="N165" s="4" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="O165" s="2"/>
     </row>
     <row r="166" spans="1:15">
       <c r="A166" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="C166" s="2" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D166" s="2" t="s">
         <v>1180</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>1055</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I166" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>274</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L166" s="3" t="s">
         <v>220</v>
       </c>
       <c r="M166" s="3" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="N166" s="4" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="O166" s="2"/>
     </row>
     <row r="167" spans="1:15">
       <c r="A167" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="D167" s="2" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>807</v>
       </c>
       <c r="I167" s="2" t="s">
         <v>612</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L167" s="3" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
       <c r="M167" s="3" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="N167" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O167" s="2"/>
     </row>
     <row r="168" spans="1:15">
       <c r="A168" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="D168" s="2" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>994</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>948</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I168" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L168" s="3" t="s">
         <v>50</v>
       </c>
       <c r="M168" s="3" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="N168" s="4" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="O168" s="2"/>
     </row>
     <row r="169" spans="1:15">
       <c r="A169" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="D169" s="2" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I169" s="2" t="s">
         <v>481</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>102</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L169" s="3" t="s">
         <v>689</v>
       </c>
       <c r="M169" s="3" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="N169" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O169" s="2"/>
     </row>
     <row r="170" spans="1:15">
       <c r="A170" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="D170" s="2" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I170" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L170" s="3" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="M170" s="3" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="N170" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O170" s="2"/>
     </row>
     <row r="171" spans="1:15">
       <c r="A171" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="D171" s="2" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>509</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I171" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L171" s="3" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="M171" s="3" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="N171" s="4" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="O171" s="2"/>
     </row>
     <row r="172" spans="1:15">
       <c r="A172" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="D172" s="2" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>1055</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I172" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>274</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L172" s="3" t="s">
         <v>220</v>
       </c>
       <c r="M172" s="3" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="N172" s="4" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="O172" s="2"/>
     </row>
     <row r="173" spans="1:15">
       <c r="A173" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="D173" s="2" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>591</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I173" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>701</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L173" s="3" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="M173" s="3" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="N173" s="4" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="O173" s="2"/>
     </row>
     <row r="174" spans="1:15">
       <c r="A174" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>634</v>
       </c>
       <c r="D174" s="2" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>127</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I174" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>127</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L174" s="3" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="M174" s="3" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="N174" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O174" s="2"/>
     </row>
     <row r="175" spans="1:15">
       <c r="A175" s="2" t="s">
         <v>726</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="D175" s="2" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>730</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>952</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I175" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>509</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L175" s="3" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="M175" s="3" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="N175" s="4" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="O175" s="2"/>
     </row>
     <row r="176" spans="1:15">
       <c r="A176" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="D176" s="2" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>459</v>
       </c>
       <c r="H176" s="2" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="I176" s="2" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>459</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L176" s="3" t="s">
         <v>823</v>
       </c>
       <c r="M176" s="3" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="N176" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O176" s="2"/>
     </row>
     <row r="177" spans="1:15">
       <c r="A177" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="D177" s="2" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H177" s="2" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="I177" s="2" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>459</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L177" s="3" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="M177" s="3" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="N177" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O177" s="2" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="D178" s="2" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>935</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I178" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J178" s="2" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L178" s="3" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="M178" s="3" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="N178" s="4" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="O178" s="2" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D179" s="2" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H179" s="2" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="I179" s="2" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L179" s="3" t="s">
         <v>232</v>
       </c>
       <c r="M179" s="3" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="N179" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O179" s="2" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="D180" s="2" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I180" s="2" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="J180" s="2" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L180" s="3" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="M180" s="3" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="N180" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O180" s="2" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181" s="2" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="D181" s="2" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I181" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J181" s="2" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L181" s="3" t="s">
         <v>893</v>
       </c>
       <c r="M181" s="3" t="s">
         <v>893</v>
       </c>
       <c r="N181" s="4" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="O181" s="2" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="D182" s="2" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I182" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L182" s="3" t="s">
+        <v>1282</v>
+      </c>
+      <c r="M182" s="3" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N182" s="4" t="s">
+        <v>1284</v>
+      </c>
+      <c r="O182" s="2" t="s">
         <v>1278</v>
-      </c>
-[...7 lines deleted...]
-        <v>1274</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="D183" s="2" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>219</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I183" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>78</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L183" s="3" t="s">
         <v>111</v>
       </c>
       <c r="M183" s="3" t="s">
         <v>111</v>
       </c>
       <c r="N183" s="4" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="O183" s="2" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="D184" s="2" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>89</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I184" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>87</v>
       </c>
       <c r="K184" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L184" s="3" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="M184" s="3" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="N184" s="4" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="O184" s="2" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="D185" s="2" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I185" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>1129</v>
       </c>
       <c r="K185" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L185" s="3" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="M185" s="3" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="N185" s="4" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="O185" s="2" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="D186" s="2" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>212</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I186" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>78</v>
       </c>
       <c r="K186" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L186" s="3" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="M186" s="3" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="N186" s="4" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="O186" s="2" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="D187" s="2" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="E187" s="2" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G187" s="2" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I187" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>192</v>
       </c>
       <c r="K187" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L187" s="3" t="s">
         <v>908</v>
       </c>
       <c r="M187" s="3" t="s">
         <v>908</v>
       </c>
       <c r="N187" s="4" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="O187" s="2" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="D188" s="2" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G188" s="2" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I188" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J188" s="2" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L188" s="3" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="M188" s="3" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="N188" s="4" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="O188" s="2" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="D189" s="2" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>644</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I189" s="2" t="s">
         <v>193</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>339</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L189" s="3" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="M189" s="3" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="N189" s="4" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="O189" s="2" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="D190" s="2" t="s">
         <v>944</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>421</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I190" s="2" t="s">
         <v>193</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>414</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L190" s="3" t="s">
         <v>220</v>
       </c>
       <c r="M190" s="3" t="s">
         <v>220</v>
       </c>
       <c r="N190" s="4" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="O190" s="2" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="D191" s="2" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>430</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>413</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>975</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I191" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>631</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L191" s="3" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="M191" s="3" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="N191" s="4" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="O191" s="2" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="D192" s="2" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>213</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I192" s="2" t="s">
         <v>193</v>
       </c>
       <c r="J192" s="2" t="s">
         <v>127</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L192" s="3" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="M192" s="3" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="N192" s="4" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="O192" s="2" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="D193" s="2" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>769</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>964</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I193" s="2" t="s">
         <v>772</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>421</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L193" s="3" t="s">
         <v>552</v>
       </c>
       <c r="M193" s="3" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
       <c r="N193" s="4" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="O193" s="2" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="D194" s="2" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>769</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>413</v>
       </c>
       <c r="G194" s="2" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I194" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>501</v>
       </c>
       <c r="K194" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L194" s="3" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="M194" s="3" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="N194" s="4" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="O194" s="2"/>
     </row>
     <row r="195" spans="1:15">
       <c r="A195" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
       <c r="D195" s="2" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>821</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>760</v>
       </c>
       <c r="H195" s="2" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="I195" s="2" t="s">
         <v>58</v>
       </c>
       <c r="J195" s="2" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="K195" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L195" s="3" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="M195" s="3" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="N195" s="4" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="O195" s="2" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="D196" s="2" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>313</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I196" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J196" s="2" t="s">
         <v>694</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L196" s="3" t="s">
         <v>259</v>
       </c>
       <c r="M196" s="3" t="s">
         <v>259</v>
       </c>
       <c r="N196" s="4" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="O196" s="2" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="D197" s="2" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>871</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>274</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I197" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>87</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L197" s="3" t="s">
         <v>179</v>
       </c>
       <c r="M197" s="3" t="s">
         <v>179</v>
       </c>
       <c r="N197" s="4" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="O197" s="2" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198" s="2" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="D198" s="2" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>194</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I198" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J198" s="2" t="s">
         <v>219</v>
       </c>
       <c r="K198" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L198" s="3" t="s">
         <v>237</v>
       </c>
       <c r="M198" s="3" t="s">
         <v>237</v>
       </c>
       <c r="N198" s="4" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="O198" s="2" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="D199" s="2" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G199" s="2" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I199" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>459</v>
       </c>
       <c r="K199" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L199" s="3" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
       <c r="M199" s="3" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
       <c r="N199" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O199" s="2" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="D200" s="2" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H200" s="2" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="I200" s="2" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="J200" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K200" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L200" s="3" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="M200" s="3" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
       <c r="N200" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O200" s="2" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="D201" s="2" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>459</v>
       </c>
       <c r="H201" s="2" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="I201" s="2" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="J201" s="2" t="s">
         <v>459</v>
       </c>
       <c r="K201" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L201" s="3" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="M201" s="3" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="N201" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O201" s="2" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="D202" s="2" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>591</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G202" s="2" t="s">
         <v>471</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I202" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J202" s="2" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L202" s="3" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="M202" s="3" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="N202" s="4" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="O202" s="2" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>1403</v>
+        <v>1407</v>
       </c>
       <c r="D203" s="2" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>574</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G203" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>682</v>
       </c>
       <c r="I203" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="K203" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L203" s="3" t="s">
         <v>424</v>
       </c>
       <c r="M203" s="3" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
       <c r="N203" s="4" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="O203" s="2"/>
     </row>
     <row r="204" spans="1:15">
       <c r="A204" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
       <c r="D204" s="2" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G204" s="2" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I204" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J204" s="2" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="K204" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L204" s="3" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="M204" s="3" t="s">
-        <v>1413</v>
+        <v>1417</v>
       </c>
       <c r="N204" s="4" t="s">
-        <v>1414</v>
+        <v>1418</v>
       </c>
       <c r="O204" s="2"/>
     </row>
     <row r="205" spans="1:15">
       <c r="A205" s="2" t="s">
-        <v>1415</v>
+        <v>1419</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="D205" s="2" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>462</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="H205" s="2" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="I205" s="2" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="J205" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="K205" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L205" s="3" t="s">
         <v>894</v>
       </c>
       <c r="M205" s="3" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="N205" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O205" s="2"/>
     </row>
     <row r="206" spans="1:15">
       <c r="A206" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="D206" s="2" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I206" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K206" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L206" s="3" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="M206" s="3" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="N206" s="4" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="O206" s="2"/>
     </row>
     <row r="207" spans="1:15">
       <c r="A207" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>456</v>
       </c>
       <c r="D207" s="2" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G207" s="2" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
       <c r="H207" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="I207" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="J207" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K207" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L207" s="3" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="M207" s="3" t="s">
-        <v>1431</v>
+        <v>1435</v>
       </c>
       <c r="N207" s="4" t="s">
         <v>465</v>
       </c>
       <c r="O207" s="2"/>
     </row>
     <row r="208" spans="1:15">
       <c r="A208" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
       <c r="D208" s="2" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>682</v>
       </c>
       <c r="I208" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L208" s="3" t="s">
         <v>711</v>
       </c>
       <c r="M208" s="3" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
       <c r="N208" s="4" t="s">
         <v>1077</v>
       </c>
       <c r="O208" s="2"/>
     </row>
     <row r="209" spans="1:15">
       <c r="A209" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
       <c r="D209" s="2" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>574</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G209" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>702</v>
       </c>
       <c r="I209" s="2" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
       <c r="J209" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L209" s="3" t="s">
         <v>187</v>
       </c>
       <c r="M209" s="3" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="N209" s="4" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
       <c r="O209" s="2"/>
     </row>
     <row r="210" spans="1:15">
       <c r="A210" s="2" t="s">
         <v>726</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>1441</v>
+        <v>1445</v>
       </c>
       <c r="C210" s="2" t="s">
         <v>728</v>
       </c>
       <c r="D210" s="2" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>919</v>
       </c>
       <c r="H210" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I210" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J210" s="2" t="s">
         <v>919</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L210" s="3" t="s">
-        <v>1444</v>
+        <v>1448</v>
       </c>
       <c r="M210" s="3" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="N210" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O210" s="2"/>
     </row>
     <row r="211" spans="1:15">
       <c r="A211" s="2" t="s">
         <v>443</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
       <c r="D211" s="2" t="s">
-        <v>1448</v>
+        <v>1452</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I211" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J211" s="2" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L211" s="3" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
       <c r="M211" s="3" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
       <c r="N211" s="4" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="O211" s="2"/>
     </row>
     <row r="212" spans="1:15">
       <c r="A212" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="D212" s="2" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I212" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J212" s="2" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L212" s="3" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="M212" s="3" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="N212" s="4" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="O212" s="2"/>
     </row>
     <row r="213" spans="1:15">
       <c r="A213" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
       <c r="D213" s="2" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>856</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="H213" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I213" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J213" s="2" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L213" s="3" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
       <c r="M213" s="3" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="N213" s="4" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="O213" s="2"/>
     </row>
     <row r="214" spans="1:15">
       <c r="A214" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="D214" s="2" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G214" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I214" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J214" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="K214" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L214" s="3" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="M214" s="3" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="N214" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O214" s="2"/>
     </row>
     <row r="215" spans="1:15">
       <c r="A215" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="D215" s="2" t="s">
-        <v>1476</v>
+        <v>1480</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I215" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J215" s="2" t="s">
-        <v>1478</v>
+        <v>1482</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L215" s="3" t="s">
-        <v>1479</v>
+        <v>1483</v>
       </c>
       <c r="M215" s="3" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="N215" s="4" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="O215" s="2"/>
     </row>
     <row r="216" spans="1:15">
       <c r="A216" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>1483</v>
+        <v>1487</v>
       </c>
       <c r="D216" s="2" t="s">
-        <v>1484</v>
+        <v>1488</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I216" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J216" s="2" t="s">
-        <v>1486</v>
+        <v>1490</v>
       </c>
       <c r="K216" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L216" s="3" t="s">
-        <v>1487</v>
+        <v>1491</v>
       </c>
       <c r="M216" s="3" t="s">
-        <v>1488</v>
+        <v>1492</v>
       </c>
       <c r="N216" s="4" t="s">
-        <v>1489</v>
+        <v>1493</v>
       </c>
       <c r="O216" s="2"/>
     </row>
     <row r="217" spans="1:15">
       <c r="A217" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>1491</v>
+        <v>1495</v>
       </c>
       <c r="D217" s="2" t="s">
-        <v>1492</v>
+        <v>1496</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I217" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J217" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="K217" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L217" s="3" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
       <c r="M217" s="3" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="N217" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O217" s="2"/>
     </row>
     <row r="218" spans="1:15">
       <c r="A218" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>1496</v>
+        <v>1500</v>
       </c>
       <c r="D218" s="2" t="s">
-        <v>1497</v>
+        <v>1501</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>856</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G218" s="2" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I218" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="J218" s="2" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="K218" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L218" s="3" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="M218" s="3" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="N218" s="4" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="O218" s="2"/>
     </row>
     <row r="219" spans="1:15">
       <c r="A219" s="2" t="s">
         <v>375</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>911</v>
       </c>
       <c r="D219" s="2" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I219" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J219" s="2" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L219" s="3" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="M219" s="3" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="N219" s="4" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="O219" s="2"/>
     </row>
     <row r="220" spans="1:15">
       <c r="A220" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="D220" s="2" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>1129</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I220" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J220" s="2" t="s">
         <v>919</v>
       </c>
       <c r="K220" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L220" s="3" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="M220" s="3" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="N220" s="4" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="O220" s="2"/>
     </row>
     <row r="221" spans="1:15">
       <c r="A221" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="D221" s="2" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G221" s="2" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I221" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J221" s="2" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="K221" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L221" s="3" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="M221" s="3" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="N221" s="4" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
       <c r="O221" s="2"/>
     </row>
     <row r="222" spans="1:15">
       <c r="A222" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>881</v>
       </c>
       <c r="D222" s="2" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I222" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="J222" s="2" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="K222" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L222" s="3" t="s">
         <v>886</v>
       </c>
       <c r="M222" s="3" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="N222" s="4" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="O222" s="2"/>
     </row>
     <row r="223" spans="1:15">
       <c r="A223" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>1071</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>270</v>
       </c>
       <c r="D223" s="2" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>272</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>1074</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I223" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J223" s="2" t="s">
         <v>1074</v>
       </c>
       <c r="K223" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L223" s="3" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="M223" s="3" t="s">
         <v>1082</v>
       </c>
       <c r="N223" s="4" t="s">
         <v>1077</v>
       </c>
       <c r="O223" s="2"/>
     </row>
     <row r="224" spans="1:15">
       <c r="A224" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="D224" s="2" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>745</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>914</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I224" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J224" s="2" t="s">
         <v>701</v>
       </c>
       <c r="K224" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L224" s="3" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="M224" s="3" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="N224" s="4" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="O224" s="2"/>
     </row>
     <row r="225" spans="1:15">
       <c r="A225" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="D225" s="2" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I225" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J225" s="2" t="s">
         <v>330</v>
       </c>
       <c r="K225" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L225" s="3" t="s">
         <v>282</v>
       </c>
       <c r="M225" s="3" t="s">
-        <v>1540</v>
+        <v>1544</v>
       </c>
       <c r="N225" s="4" t="s">
-        <v>1541</v>
+        <v>1545</v>
       </c>
       <c r="O225" s="2"/>
     </row>
     <row r="226" spans="1:15">
       <c r="A226" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>1542</v>
+        <v>1546</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>497</v>
       </c>
       <c r="D226" s="2" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>1104</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I226" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J226" s="2" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
       <c r="K226" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L226" s="3" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="M226" s="3" t="s">
         <v>672</v>
       </c>
       <c r="N226" s="4" t="s">
         <v>504</v>
       </c>
       <c r="O226" s="2"/>
     </row>
     <row r="227" spans="1:15">
       <c r="A227" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>497</v>
       </c>
       <c r="D227" s="2" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>558</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="H227" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I227" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J227" s="2" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="K227" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L227" s="3" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
       <c r="M227" s="3" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="N227" s="4" t="s">
-        <v>1551</v>
+        <v>1555</v>
       </c>
       <c r="O227" s="2"/>
     </row>
     <row r="228" spans="1:15">
       <c r="A228" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="D228" s="2" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="H228" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I228" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J228" s="2" t="s">
         <v>974</v>
       </c>
       <c r="K228" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L228" s="3" t="s">
         <v>381</v>
       </c>
       <c r="M228" s="3" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="N228" s="4" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="O228" s="2"/>
     </row>
     <row r="229" spans="1:15">
       <c r="A229" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="D229" s="2" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>600</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G229" s="2" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="H229" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I229" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J229" s="2" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="K229" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L229" s="3" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="M229" s="3" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="N229" s="4" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="O229" s="2"/>
     </row>
     <row r="230" spans="1:15">
       <c r="A230" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>680</v>
       </c>
       <c r="D230" s="2" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G230" s="2" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="H230" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I230" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J230" s="2" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="K230" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L230" s="3" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
       <c r="M230" s="3" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
       <c r="N230" s="4" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="O230" s="2"/>
     </row>
     <row r="231" spans="1:15">
       <c r="A231" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>889</v>
       </c>
       <c r="D231" s="2" t="s">
-        <v>1571</v>
+        <v>1575</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I231" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="J231" s="2" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="K231" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L231" s="3" t="s">
         <v>894</v>
       </c>
       <c r="M231" s="3" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
       <c r="N231" s="4" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="O231" s="2"/>
     </row>
     <row r="232" spans="1:15">
       <c r="A232" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="D232" s="2" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>535</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I232" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="K232" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L232" s="3" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="M232" s="3" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="N232" s="4" t="s">
-        <v>1582</v>
+        <v>1586</v>
       </c>
       <c r="O232" s="2"/>
     </row>
     <row r="233" spans="1:15">
       <c r="A233" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>1583</v>
+        <v>1587</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>1584</v>
+        <v>1588</v>
       </c>
       <c r="D233" s="2" t="s">
-        <v>1585</v>
+        <v>1589</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I233" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J233" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="K233" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L233" s="3" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="M233" s="3" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
       <c r="N233" s="4" t="s">
-        <v>1587</v>
+        <v>1591</v>
       </c>
       <c r="O233" s="2"/>
     </row>
     <row r="234" spans="1:15">
       <c r="A234" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>1588</v>
+        <v>1592</v>
       </c>
       <c r="D234" s="2" t="s">
-        <v>1589</v>
+        <v>1593</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G234" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H234" s="2" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="I234" s="2" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="J234" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="K234" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L234" s="3" t="s">
         <v>824</v>
       </c>
       <c r="M234" s="3" t="s">
-        <v>1590</v>
+        <v>1594</v>
       </c>
       <c r="N234" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O234" s="2" t="s">
-        <v>1591</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>1592</v>
+        <v>1596</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="D235" s="2" t="s">
-        <v>1593</v>
+        <v>1597</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>1594</v>
+        <v>1598</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I235" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J235" s="2" t="s">
         <v>480</v>
       </c>
       <c r="K235" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L235" s="3" t="s">
-        <v>1595</v>
+        <v>1599</v>
       </c>
       <c r="M235" s="3" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
       <c r="N235" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O235" s="2"/>
     </row>
     <row r="236" spans="1:15">
       <c r="A236" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>1597</v>
+        <v>1601</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>1598</v>
+        <v>1602</v>
       </c>
       <c r="D236" s="2" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I236" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J236" s="2" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="K236" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L236" s="3" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="M236" s="3" t="s">
-        <v>1603</v>
+        <v>1607</v>
       </c>
       <c r="N236" s="4" t="s">
         <v>861</v>
       </c>
       <c r="O236" s="2"/>
     </row>
     <row r="237" spans="1:15">
       <c r="A237" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
       <c r="D237" s="2" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I237" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="J237" s="2" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="K237" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L237" s="3" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="M237" s="3" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
       <c r="N237" s="4" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="O237" s="2" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>1611</v>
+        <v>1615</v>
       </c>
       <c r="D238" s="2" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>919</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I238" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="K238" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L238" s="3" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="M238" s="3" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="N238" s="4" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O238" s="2" t="s">
         <v>1613</v>
-      </c>
-[...1 lines deleted...]
-        <v>1609</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="D239" s="2" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I239" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="J239" s="2" t="s">
         <v>471</v>
       </c>
       <c r="K239" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L239" s="3" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="M239" s="3" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="N239" s="4" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="O239" s="2" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>1619</v>
+        <v>1623</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
       <c r="D240" s="2" t="s">
-        <v>1621</v>
+        <v>1625</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>558</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I240" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J240" s="2" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="K240" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L240" s="3" t="s">
-        <v>1623</v>
+        <v>1627</v>
       </c>
       <c r="M240" s="3" t="s">
-        <v>1624</v>
+        <v>1628</v>
       </c>
       <c r="N240" s="4" t="s">
-        <v>1625</v>
+        <v>1629</v>
       </c>
       <c r="O240" s="2"/>
     </row>
     <row r="241" spans="1:15">
       <c r="A241" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>1626</v>
+        <v>1630</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>1627</v>
+        <v>1631</v>
       </c>
       <c r="D241" s="2" t="s">
-        <v>1628</v>
+        <v>1632</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>856</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>1629</v>
+        <v>1633</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I241" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="J241" s="2" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="K241" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L241" s="3" t="s">
-        <v>1630</v>
+        <v>1634</v>
       </c>
       <c r="M241" s="3" t="s">
-        <v>1631</v>
+        <v>1635</v>
       </c>
       <c r="N241" s="4" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
       <c r="O241" s="2"/>
     </row>
     <row r="242" spans="1:15">
       <c r="A242" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="D242" s="2" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I242" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J242" s="2" t="s">
-        <v>1638</v>
+        <v>1642</v>
       </c>
       <c r="K242" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L242" s="3" t="s">
         <v>984</v>
       </c>
       <c r="M242" s="3" t="s">
-        <v>1639</v>
+        <v>1643</v>
       </c>
       <c r="N242" s="4" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="O242" s="2"/>
     </row>
     <row r="243" spans="1:15">
       <c r="A243" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="C243" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="D243" s="2" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="H243" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I243" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J243" s="2" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="K243" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L243" s="3" t="s">
-        <v>1644</v>
+        <v>1648</v>
       </c>
       <c r="M243" s="3" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="N243" s="4" t="s">
-        <v>1646</v>
+        <v>1650</v>
       </c>
       <c r="O243" s="2"/>
     </row>
     <row r="244" spans="1:15">
       <c r="A244" s="2" t="s">
         <v>443</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>1647</v>
+        <v>1651</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>1648</v>
+        <v>1652</v>
       </c>
       <c r="D244" s="2" t="s">
-        <v>1649</v>
+        <v>1653</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G244" s="2" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I244" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J244" s="2" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="K244" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L244" s="3" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="M244" s="3" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="N244" s="4" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
       <c r="O244" s="2" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="C245" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="D245" s="2" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>535</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I245" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J245" s="2" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="K245" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L245" s="3" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="M245" s="3" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="N245" s="4" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="O245" s="2"/>
     </row>
     <row r="246" spans="1:15">
       <c r="A246" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>1661</v>
+        <v>1665</v>
       </c>
       <c r="D246" s="2" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H246" s="2" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
       <c r="I246" s="2" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
       <c r="J246" s="2" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="K246" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L246" s="3" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
       <c r="M246" s="3" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
       <c r="N246" s="4" t="s">
         <v>197</v>
       </c>
       <c r="O246" s="2"/>
     </row>
     <row r="247" spans="1:15">
       <c r="A247" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>916</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
       <c r="D247" s="2" t="s">
-        <v>1669</v>
+        <v>1673</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>1670</v>
+        <v>1674</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I247" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J247" s="2" t="s">
         <v>644</v>
       </c>
       <c r="K247" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L247" s="3" t="s">
         <v>584</v>
       </c>
       <c r="M247" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="N247" s="4" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="O247" s="2"/>
     </row>
     <row r="248" spans="1:15">
       <c r="A248" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="D248" s="2" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H248" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I248" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J248" s="2" t="s">
         <v>339</v>
       </c>
       <c r="K248" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L248" s="3" t="s">
         <v>283</v>
       </c>
       <c r="M248" s="3" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="N248" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O248" s="2"/>
     </row>
     <row r="249" spans="1:15">
       <c r="A249" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>685</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="D249" s="2" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>688</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H249" s="2" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="I249" s="2" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="J249" s="2" t="s">
         <v>78</v>
       </c>
       <c r="K249" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L249" s="3" t="s">
         <v>689</v>
       </c>
       <c r="M249" s="3" t="s">
         <v>690</v>
       </c>
       <c r="N249" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O249" s="2"/>
+    </row>
+    <row r="250" spans="1:15">
+      <c r="A250" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="B250" s="2" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C250" s="2" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D250" s="2" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E250" s="2" t="s">
+        <v>856</v>
+      </c>
+      <c r="F250" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G250" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H250" s="2" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I250" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="J250" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="K250" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="L250" s="3" t="s">
+        <v>1688</v>
+      </c>
+      <c r="M250" s="3" t="s">
+        <v>1689</v>
+      </c>
+      <c r="N250" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="O250" s="2"/>
+    </row>
+    <row r="251" spans="1:15">
+      <c r="A251" s="2" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B251" s="2" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C251" s="2" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D251" s="2" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E251" s="2" t="s">
+        <v>600</v>
+      </c>
+      <c r="F251" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G251" s="2" t="s">
+        <v>1694</v>
+      </c>
+      <c r="H251" s="2" t="s">
+        <v>1695</v>
+      </c>
+      <c r="I251" s="2" t="s">
+        <v>1442</v>
+      </c>
+      <c r="J251" s="2" t="s">
+        <v>1696</v>
+      </c>
+      <c r="K251" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="L251" s="3" t="s">
+        <v>1697</v>
+      </c>
+      <c r="M251" s="3" t="s">
+        <v>1698</v>
+      </c>
+      <c r="N251" s="4" t="s">
+        <v>1183</v>
+      </c>
+      <c r="O251" s="2" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="252" spans="1:15">
+      <c r="A252" s="2" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B252" s="2" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E252" s="2" t="s">
+        <v>600</v>
+      </c>
+      <c r="F252" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G252" s="2" t="s">
+        <v>1704</v>
+      </c>
+      <c r="H252" s="2" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I252" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="J252" s="2" t="s">
+        <v>1704</v>
+      </c>
+      <c r="K252" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="L252" s="3" t="s">
+        <v>1705</v>
+      </c>
+      <c r="M252" s="3" t="s">
+        <v>1706</v>
+      </c>
+      <c r="N252" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="O252" s="2"/>
+    </row>
+    <row r="253" spans="1:15">
+      <c r="A253" s="2" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B253" s="2">
+        <v>20361862025</v>
+      </c>
+      <c r="C253" s="2" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D253" s="2" t="s">
+        <v>1708</v>
+      </c>
+      <c r="E253" s="2" t="s">
+        <v>1709</v>
+      </c>
+      <c r="F253" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G253" s="2" t="s">
+        <v>1710</v>
+      </c>
+      <c r="H253" s="2" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I253" s="2" t="s">
+        <v>1711</v>
+      </c>
+      <c r="J253" s="2" t="s">
+        <v>1710</v>
+      </c>
+      <c r="K253" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="L253" s="3" t="s">
+        <v>1164</v>
+      </c>
+      <c r="M253" s="3" t="s">
+        <v>1712</v>
+      </c>
+      <c r="N253" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="O253" s="2"/>
+    </row>
+    <row r="254" spans="1:15">
+      <c r="A254" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="B254" s="2" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C254" s="2" t="s">
+        <v>1714</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>1715</v>
+      </c>
+      <c r="E254" s="2" t="s">
+        <v>1716</v>
+      </c>
+      <c r="F254" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G254" s="2" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H254" s="2" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I254" s="2" t="s">
+        <v>1718</v>
+      </c>
+      <c r="J254" s="2" t="s">
+        <v>1717</v>
+      </c>
+      <c r="K254" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="L254" s="3" t="s">
+        <v>1719</v>
+      </c>
+      <c r="M254" s="3" t="s">
+        <v>1720</v>
+      </c>
+      <c r="N254" s="4" t="s">
+        <v>1721</v>
+      </c>
+      <c r="O254" s="2"/>
+    </row>
+    <row r="255" spans="1:15">
+      <c r="A255" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="B255" s="2" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C255" s="2" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D255" s="2" t="s">
+        <v>1723</v>
+      </c>
+      <c r="E255" s="2" t="s">
+        <v>1724</v>
+      </c>
+      <c r="F255" s="2" t="s">
+        <v>1725</v>
+      </c>
+      <c r="G255" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H255" s="2" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I255" s="2" t="s">
+        <v>1726</v>
+      </c>
+      <c r="J255" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="K255" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L255" s="3" t="s">
+        <v>1727</v>
+      </c>
+      <c r="M255" s="3" t="s">
+        <v>1728</v>
+      </c>
+      <c r="N255" s="4" t="s">
+        <v>1729</v>
+      </c>
+      <c r="O255" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:O1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -17396,31 +17822,31 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Portal da Transparência - ALEP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Relatório de Contratos</dc:title>
-  <dc:description>Relatório de Contratos gerado em 08/10/2025 09:26:00</dc:description>
+  <dc:description>Relatório de Contratos gerado em 14/01/2026 06:49:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>