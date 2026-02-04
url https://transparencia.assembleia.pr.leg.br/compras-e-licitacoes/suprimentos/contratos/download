--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$O$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1730">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1737">
   <si>
     <t>Diretoria</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Fornecedor</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Fiscal</t>
   </si>
   <si>
     <t>Gestor</t>
   </si>
   <si>
     <t>Contrato</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
@@ -3383,54 +3383,54 @@
     <t>07/02/2025</t>
   </si>
   <si>
     <t>21599-34.2023</t>
   </si>
   <si>
     <t>ECCOS AMBIENTAL RESÍDUOS DE SAÚDE LTDA</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na coleta, transporte,
 tratamento e descarte final dos resíduos provenientes de serviço de saúde (
 RSS) grupos A, B, E, para atender as exigências da Resolução número
 358/2005 do CONAMA, em conformidade com as especificações e condições
 constantes no termo de referência, anexo ao contrato.</t>
   </si>
   <si>
     <t>052/2023</t>
   </si>
   <si>
     <t>056/2023</t>
   </si>
   <si>
     <t>09/02/2024</t>
   </si>
   <si>
-    <t>10/02/2026</t>
-[...2 lines deleted...]
-    <t>R$ 4.200,00</t>
+    <t>10/02/2027</t>
+  </si>
+  <si>
+    <t>R$ 4.387,20</t>
   </si>
   <si>
     <t>11743-78.2022</t>
   </si>
   <si>
     <t>WORKSERV DESENVOLVIMENTO E COMERCIO DE SOFTWARES LTDA</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para fornecimento, instalação, assistência técnica e
 garantia de equipamentos Relógio Eletrônico de Ponto(REP) conforme especificações e
 exigências do Termo de Referência parte integrante deste contrato.</t>
   </si>
   <si>
     <t>Nicholas Bruno Pimentel</t>
   </si>
   <si>
     <t>Rubens Santarém Júnior</t>
   </si>
   <si>
     <t>1ºAditivo</t>
   </si>
   <si>
     <t>14/02/2023</t>
   </si>
   <si>
@@ -5743,50 +5743,71 @@
   </si>
   <si>
     <t>24859-84.2025</t>
   </si>
   <si>
     <t>A alteração quantitativa do Contrato n° 004/2022, para a ampliação em mais 03 (três) unidades de troncos IP, conforme necessidade apontada pela Unidade
 Demandante.</t>
   </si>
   <si>
     <t>ALBARI JOSEBEL FERREIRA PADILHA</t>
   </si>
   <si>
     <t>JOÃO LUIZ DO NASCIMENTO</t>
   </si>
   <si>
     <t>Aditivo Contratual</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>20/02/2026</t>
   </si>
   <si>
     <t>R$ 429,30</t>
+  </si>
+  <si>
+    <t>3044-08.2025</t>
+  </si>
+  <si>
+    <t>Casa dos Banners - Comércio de Produtos para Comunicação Visual Ltda.</t>
+  </si>
+  <si>
+    <t>Confecção de 4 (quatro) banners suspensos, sendo 3 (três) deles de 80cm por 120cm e 1 (um) de 1m por 1,3m, acompanhados de 4 (quatro) porta-banners (tripés) de pelo menos 2,30m de altura.</t>
+  </si>
+  <si>
+    <t>Clara Dantas Mendes</t>
+  </si>
+  <si>
+    <t>Dispensa de Licitação</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>R$ 866,11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -6144,55 +6165,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O255"/>
+  <dimension ref="A1:O256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A1" sqref="A1:O255"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1:O256"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="15" customWidth="true" style="0"/>
     <col min="12" max="12" width="18" customWidth="true" style="0"/>
     <col min="13" max="13" width="18" customWidth="true" style="0"/>
     <col min="14" max="14" width="20" customWidth="true" style="0"/>
     <col min="15" max="15" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -12733,51 +12754,51 @@
       <c r="O144" s="2"/>
     </row>
     <row r="145" spans="1:15">
       <c r="A145" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>1043</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>1044</v>
       </c>
       <c r="D145" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>167</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G145" s="2" t="s">
         <v>1046</v>
       </c>
       <c r="H145" s="2" t="s">
-        <v>388</v>
+        <v>169</v>
       </c>
       <c r="I145" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L145" s="3" t="s">
         <v>1048</v>
       </c>
       <c r="M145" s="3" t="s">
         <v>1049</v>
       </c>
       <c r="N145" s="4" t="s">
         <v>1050</v>
       </c>
       <c r="O145" s="2"/>
     </row>
     <row r="146" spans="1:15">
       <c r="A146" s="2" t="s">
         <v>98</v>
       </c>
@@ -17768,50 +17789,95 @@
       <c r="G255" s="2" t="s">
         <v>87</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>1687</v>
       </c>
       <c r="I255" s="2" t="s">
         <v>1726</v>
       </c>
       <c r="J255" s="2" t="s">
         <v>229</v>
       </c>
       <c r="K255" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L255" s="3" t="s">
         <v>1727</v>
       </c>
       <c r="M255" s="3" t="s">
         <v>1728</v>
       </c>
       <c r="N255" s="4" t="s">
         <v>1729</v>
       </c>
       <c r="O255" s="2"/>
+    </row>
+    <row r="256" spans="1:15">
+      <c r="A256" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="B256" s="2" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C256" s="2" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D256" s="2" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E256" s="2" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F256" s="2" t="s">
+        <v>1725</v>
+      </c>
+      <c r="G256" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H256" s="2" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I256" s="2" t="s">
+        <v>1734</v>
+      </c>
+      <c r="J256" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="K256" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="L256" s="3" t="s">
+        <v>1735</v>
+      </c>
+      <c r="M256" s="3" t="s">
+        <v>1182</v>
+      </c>
+      <c r="N256" s="4" t="s">
+        <v>1736</v>
+      </c>
+      <c r="O256" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:O1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -17822,31 +17888,31 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Portal da Transparência - ALEP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Relatório de Contratos</dc:title>
-  <dc:description>Relatório de Contratos gerado em 14/01/2026 06:49:07</dc:description>
+  <dc:description>Relatório de Contratos gerado em 03/02/2026 23:20:01</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>