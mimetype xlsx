--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$O$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1737">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1738">
   <si>
     <t>Diretoria</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Fornecedor</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Fiscal</t>
   </si>
   <si>
     <t>Gestor</t>
   </si>
   <si>
     <t>Contrato</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
@@ -3328,60 +3328,57 @@
     <t>03/03/2025</t>
   </si>
   <si>
     <t>R$ 611.000,00</t>
   </si>
   <si>
     <t>08/11 Andamento( Cássio)</t>
   </si>
   <si>
     <t>16046-09.2021</t>
   </si>
   <si>
     <t>EMBRASIL EMPRESA BRASILEIRA DE SEGURANÇA LTDA</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a prestação continuada dos serviços de
 execução de vigilância patrimonial armada e desarmada, controle de acesso mediante
 catracas eletrônicas, monitoramento através de câmeras de Circuito Fechado de Televisão
 (CFTV), aeronave não tripulada de uso não recreativo (RPA), nas dependências e
 instalações da Assembleia Legislativa do Estado do Paraná - ALEP, compreendendo o
 fornecimento de mão- de-obra, uniformes, materiais, armas, munições e equipamentos
 adequados à execução dos trabalhos; conforme condições, quantidades e exigências
 estabelecidas neste instrumento e nos anexos.</t>
   </si>
   <si>
-    <t>7º Aditivo</t>
-[...4 lines deleted...]
-  <si>
     <t>05/02/2026</t>
   </si>
   <si>
-    <t>R$ 9.944.923,71</t>
+    <t>05/02/2027</t>
+  </si>
+  <si>
+    <t>R$ 10.388.567,50</t>
   </si>
   <si>
     <t>05012-46.2019</t>
   </si>
   <si>
     <t>RÁDIO E TELEVISÃO EDUCATIVA DO PARANÁ</t>
   </si>
   <si>
     <t>Cooperação e intercâmbio entre os convenentes para instalação de antena da Assembleia
 Legislativa do Estado do Paraná, por meio de assessoramento técnico, visando a transferência de
 conhecimento, discussão e definição de soluções e tecnologias, elaboração de Termos de Referência,
 acompanhamento na execução e fiscalização e compartilhamento de estrutura física.</t>
   </si>
   <si>
     <t>Katia Ferreira Chagas</t>
   </si>
   <si>
     <t>Daniel Mascarin Pires Kumasaca</t>
   </si>
   <si>
     <t>07/02/2025</t>
   </si>
   <si>
     <t>21599-34.2023</t>
   </si>
@@ -3505,66 +3502,71 @@
   <si>
     <t>R&amp;A COMÉRCIO DE EQUIPAMENTOS TELEFÔNICOS LTDA</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para locação, instalação e manutenção
 (preventiva e corretiva) de 02 (duas) centrais telefônicas - PABX hibridas, bem
 como, locação de 114 aparelhos digitais para atender o sistema de
 telecomunicação da Assembleia Legislativa</t>
   </si>
   <si>
     <t>21/02/2022</t>
   </si>
   <si>
     <t>21/02/2026</t>
   </si>
   <si>
     <t>R$ 7.556,59</t>
   </si>
   <si>
     <t>17919-75.2020</t>
   </si>
   <si>
     <t>EMBRASIL SERVIÇOS ESPECIALIZADOS LTDA</t>
   </si>
   <si>
-    <t>Contratação de serviços, com dedicação exclusiva de mão de obra, para operação
-[...1 lines deleted...]
-e demais eventos da Assembleia Legislativa, bem como a prestação de serviços de produção audiovisual, design
+    <t>Contratação de serviços, com dedicação exclusiva de mão de obra, para operação e edição de áudio e vídeo para a transmissão das sessões plenárias e audiências públicas, reuniões das comissões e demais eventos da Assembleia Legislativa, bem como a prestação de serviços de produção audiovisual, design
 gráfico, videografismos, entre outros serviços de interesse da Assembleia Legislativa do Paraná.</t>
   </si>
   <si>
     <t>005/2021</t>
   </si>
   <si>
-    <t>22/02/2021</t>
-[...5 lines deleted...]
-    <t>R$ 3.870.954,96</t>
+    <t>10º Aditivo</t>
+  </si>
+  <si>
+    <t>22/02/2026</t>
+  </si>
+  <si>
+    <t>22/02/2027</t>
+  </si>
+  <si>
+    <t>R$ 4.182.685,68</t>
+  </si>
+  <si>
+    <t>O valor total do Contrato, para o período excepcional de 12 (doze) meses (compreendido entre 22/02/26 e 22/02/27) permanecerá sendo de R$ 4.182.685,68 (quatro milhões, cento e oitenta e dois mil, seiscentos e oitenta e cinco reais e sessenta e oito centavos), correspondente a um valor mensal de R$ 348.557,14 (trezentos e quarenta e oito mil,
+quinhentos e cinquenta e sete reais e quatorze centavos).</t>
   </si>
   <si>
     <t>08252-60.2019</t>
   </si>
   <si>
     <t>O objeto do presente contrato é a contratação de empresa especializada para a
 elaboração de projeto de reestruturação da infraestrutura de cabeamento metálico/lógico de todos os ambientes que compõe o Prédio Administrativo, Edifício
 do Plenário e Edifício dos Deputados da Assembleia Legislativa do Estado do Paraná,
 bem como para a fiscalização e acompanhamento da execução dos mesmos.
 Integram e completam o presente termo contratual, para todos os fins de direito, obrigando
 as partes em todos os seus termos, as condições expressas no Processo de Dispensa de
 Licitação nº 024/2020, no Termo de Referência e na proposta, partes integrantes deste contrato. 
 O regime de execução será o de empreitada por preço unitário.</t>
   </si>
   <si>
     <t>Marcelo Sirvas Plata / Roberta S. Kashivaqui</t>
   </si>
   <si>
     <t>024/2020</t>
   </si>
   <si>
     <t>26/02/2025</t>
   </si>
   <si>
     <t>R$ 148.386,00</t>
@@ -5796,100 +5798,103 @@
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF10465e"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFCCCCCC"/>
       </left>
       <right style="thin">
         <color rgb="FFCCCCCC"/>
       </right>
       <top style="thin">
         <color rgb="FFCCCCCC"/>
       </top>
       <bottom style="thin">
         <color rgb="FFCCCCCC"/>
       </bottom>
+      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
@@ -12664,5255 +12669,5258 @@
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>829</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>449</v>
       </c>
       <c r="H143" s="2" t="s">
-        <v>1033</v>
+        <v>593</v>
       </c>
       <c r="I143" s="2" t="s">
         <v>347</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>813</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L143" s="3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="M143" s="3" t="s">
         <v>1034</v>
       </c>
-      <c r="M143" s="3" t="s">
+      <c r="N143" s="4" t="s">
         <v>1035</v>
-      </c>
-[...1 lines deleted...]
-        <v>1036</v>
       </c>
       <c r="O143" s="2"/>
     </row>
     <row r="144" spans="1:15">
       <c r="A144" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B144" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C144" s="2" t="s">
         <v>1037</v>
       </c>
-      <c r="C144" s="2" t="s">
+      <c r="D144" s="2" t="s">
         <v>1038</v>
       </c>
-      <c r="D144" s="2" t="s">
+      <c r="E144" s="2" t="s">
         <v>1039</v>
       </c>
-      <c r="E144" s="2" t="s">
+      <c r="F144" s="2" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H144" s="2" t="s">
         <v>229</v>
       </c>
       <c r="I144" s="2" t="s">
         <v>568</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L144" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="M144" s="3" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="N144" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O144" s="2"/>
     </row>
     <row r="145" spans="1:15">
       <c r="A145" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B145" s="2" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C145" s="2" t="s">
         <v>1043</v>
       </c>
-      <c r="C145" s="2" t="s">
+      <c r="D145" s="2" t="s">
         <v>1044</v>
-      </c>
-[...1 lines deleted...]
-        <v>1045</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>167</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="H145" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I145" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J145" s="2" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L145" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="M145" s="3" t="s">
         <v>1048</v>
       </c>
-      <c r="M145" s="3" t="s">
+      <c r="N145" s="4" t="s">
         <v>1049</v>
-      </c>
-[...1 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="O145" s="2"/>
     </row>
     <row r="146" spans="1:15">
       <c r="A146" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B146" s="2" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C146" s="2" t="s">
         <v>1051</v>
       </c>
-      <c r="C146" s="2" t="s">
+      <c r="D146" s="2" t="s">
         <v>1052</v>
       </c>
-      <c r="D146" s="2" t="s">
+      <c r="E146" s="2" t="s">
         <v>1053</v>
       </c>
-      <c r="E146" s="2" t="s">
+      <c r="F146" s="2" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>404</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
       <c r="I146" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>323</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L146" s="3" t="s">
+        <v>1056</v>
+      </c>
+      <c r="M146" s="3" t="s">
         <v>1057</v>
       </c>
-      <c r="M146" s="3" t="s">
+      <c r="N146" s="4" t="s">
         <v>1058</v>
-      </c>
-[...1 lines deleted...]
-        <v>1059</v>
       </c>
       <c r="O146" s="2"/>
     </row>
     <row r="147" spans="1:15">
       <c r="A147" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B147" s="2" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C147" s="2" t="s">
         <v>1060</v>
       </c>
-      <c r="C147" s="2" t="s">
+      <c r="D147" s="2" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>535</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G147" s="2" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H147" s="2" t="s">
         <v>1063</v>
       </c>
-      <c r="H147" s="2" t="s">
+      <c r="I147" s="2" t="s">
         <v>1064</v>
       </c>
-      <c r="I147" s="2" t="s">
+      <c r="J147" s="2" t="s">
         <v>1065</v>
-      </c>
-[...1 lines deleted...]
-        <v>1066</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L147" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="M147" s="3" t="s">
         <v>1067</v>
       </c>
-      <c r="M147" s="3" t="s">
+      <c r="N147" s="4" t="s">
         <v>1068</v>
-      </c>
-[...1 lines deleted...]
-        <v>1069</v>
       </c>
       <c r="O147" s="2"/>
     </row>
     <row r="148" spans="1:15">
       <c r="A148" s="2" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B148" s="2" t="s">
         <v>1070</v>
       </c>
-      <c r="B148" s="2" t="s">
+      <c r="C148" s="2" t="s">
         <v>1071</v>
-      </c>
-[...1 lines deleted...]
-        <v>1072</v>
       </c>
       <c r="D148" s="2" t="s">
         <v>271</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>273</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I148" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J148" s="2" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L148" s="3" t="s">
+        <v>1074</v>
+      </c>
+      <c r="M148" s="3" t="s">
         <v>1075</v>
       </c>
-      <c r="M148" s="3" t="s">
+      <c r="N148" s="4" t="s">
         <v>1076</v>
-      </c>
-[...1 lines deleted...]
-        <v>1077</v>
       </c>
       <c r="O148" s="2"/>
     </row>
     <row r="149" spans="1:15">
       <c r="A149" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B149" s="2" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C149" s="2" t="s">
         <v>1078</v>
       </c>
-      <c r="C149" s="2" t="s">
+      <c r="D149" s="2" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>745</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>87</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I149" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>830</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L149" s="3" t="s">
+        <v>1080</v>
+      </c>
+      <c r="M149" s="3" t="s">
         <v>1081</v>
       </c>
-      <c r="M149" s="3" t="s">
+      <c r="N149" s="4" t="s">
         <v>1082</v>
-      </c>
-[...1 lines deleted...]
-        <v>1083</v>
       </c>
       <c r="O149" s="2"/>
     </row>
     <row r="150" spans="1:15">
       <c r="A150" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B150" s="2" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C150" s="2" t="s">
         <v>1084</v>
       </c>
-      <c r="C150" s="2" t="s">
+      <c r="D150" s="2" t="s">
         <v>1085</v>
-      </c>
-[...1 lines deleted...]
-        <v>1086</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>600</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G150" s="2" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H150" s="2" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>831</v>
       </c>
       <c r="I150" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>800</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L150" s="3" t="s">
         <v>1088</v>
       </c>
       <c r="M150" s="3" t="s">
         <v>1089</v>
       </c>
       <c r="N150" s="4" t="s">
         <v>1090</v>
       </c>
-      <c r="O150" s="2"/>
+      <c r="O150" s="2" t="s">
+        <v>1091</v>
+      </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D151" s="2" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>738</v>
       </c>
       <c r="H151" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I151" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L151" s="3" t="s">
         <v>739</v>
       </c>
       <c r="M151" s="3" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="N151" s="4" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="O151" s="2"/>
     </row>
     <row r="152" spans="1:15">
       <c r="A152" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="D152" s="2" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H152" s="2" t="s">
         <v>229</v>
       </c>
       <c r="I152" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>301</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L152" s="3" t="s">
         <v>39</v>
       </c>
       <c r="M152" s="3" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="N152" s="4" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="O152" s="2"/>
     </row>
     <row r="153" spans="1:15">
       <c r="A153" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="D153" s="2" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>258</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I153" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>118</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L153" s="3" t="s">
         <v>282</v>
       </c>
       <c r="M153" s="3" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="N153" s="4" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="O153" s="2"/>
     </row>
     <row r="154" spans="1:15">
       <c r="A154" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="D154" s="2" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>919</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>397</v>
       </c>
       <c r="I154" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J154" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L154" s="3" t="s">
         <v>432</v>
       </c>
       <c r="M154" s="3" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="N154" s="4" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="O154" s="2"/>
     </row>
     <row r="155" spans="1:15">
       <c r="A155" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>931</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>932</v>
       </c>
       <c r="D155" s="2" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>430</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G155" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>397</v>
       </c>
       <c r="I155" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>559</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L155" s="3" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="M155" s="3" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="N155" s="4" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="O155" s="2"/>
     </row>
     <row r="156" spans="1:15">
       <c r="A156" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="D156" s="2" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>413</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>559</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I156" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>387</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L156" s="3" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="M156" s="3" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="N156" s="4" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="O156" s="2"/>
     </row>
     <row r="157" spans="1:15">
       <c r="A157" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="D157" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>822</v>
       </c>
       <c r="I157" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J157" s="2" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L157" s="3" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="M157" s="3" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="N157" s="4" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="O157" s="2"/>
     </row>
     <row r="158" spans="1:15">
       <c r="A158" s="2" t="s">
         <v>923</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="D158" s="2" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>568</v>
       </c>
       <c r="I158" s="2" t="s">
         <v>527</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L158" s="3" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="M158" s="3" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="N158" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O158" s="2"/>
     </row>
     <row r="159" spans="1:15">
       <c r="A159" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="D159" s="2" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>871</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G159" s="2" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I159" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>35</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L159" s="3" t="s">
         <v>576</v>
       </c>
       <c r="M159" s="3" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="N159" s="4" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="O159" s="2"/>
     </row>
     <row r="160" spans="1:15">
       <c r="A160" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="D160" s="2" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I160" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>414</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L160" s="3" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="M160" s="3" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="N160" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O160" s="2"/>
     </row>
     <row r="161" spans="1:15">
       <c r="A161" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="D161" s="2" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H161" s="2" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="I161" s="2" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L161" s="3" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="M161" s="3" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="N161" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O161" s="2"/>
     </row>
     <row r="162" spans="1:15">
       <c r="A162" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="D162" s="2" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I162" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L162" s="3" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="M162" s="3" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="N162" s="4" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="O162" s="2"/>
     </row>
     <row r="163" spans="1:15">
       <c r="A163" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="D163" s="2" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="H163" s="2" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="I163" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L163" s="3" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="M163" s="3" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="N163" s="4" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="O163" s="2" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D164" s="2" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I164" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L164" s="3" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="M164" s="3" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="N164" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O164" s="2"/>
     </row>
     <row r="165" spans="1:15">
       <c r="A165" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D165" s="2" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I165" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>274</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L165" s="3" t="s">
         <v>220</v>
       </c>
       <c r="M165" s="3" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="N165" s="4" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="O165" s="2"/>
     </row>
     <row r="166" spans="1:15">
       <c r="A166" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="D166" s="2" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I166" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>274</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L166" s="3" t="s">
         <v>220</v>
       </c>
       <c r="M166" s="3" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="N166" s="4" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="O166" s="2"/>
     </row>
     <row r="167" spans="1:15">
       <c r="A167" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="D167" s="2" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>807</v>
       </c>
       <c r="I167" s="2" t="s">
         <v>612</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L167" s="3" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="M167" s="3" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="N167" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O167" s="2"/>
     </row>
     <row r="168" spans="1:15">
       <c r="A168" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="D168" s="2" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>994</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>948</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I168" s="2" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L168" s="3" t="s">
         <v>50</v>
       </c>
       <c r="M168" s="3" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="N168" s="4" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="O168" s="2"/>
     </row>
     <row r="169" spans="1:15">
       <c r="A169" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="D169" s="2" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I169" s="2" t="s">
         <v>481</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>102</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L169" s="3" t="s">
         <v>689</v>
       </c>
       <c r="M169" s="3" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="N169" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O169" s="2"/>
     </row>
     <row r="170" spans="1:15">
       <c r="A170" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="D170" s="2" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I170" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L170" s="3" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="M170" s="3" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="N170" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O170" s="2"/>
     </row>
     <row r="171" spans="1:15">
       <c r="A171" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="D171" s="2" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>509</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I171" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L171" s="3" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="M171" s="3" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="N171" s="4" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="O171" s="2"/>
     </row>
     <row r="172" spans="1:15">
       <c r="A172" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="D172" s="2" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I172" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>274</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L172" s="3" t="s">
         <v>220</v>
       </c>
       <c r="M172" s="3" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="N172" s="4" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="O172" s="2"/>
     </row>
     <row r="173" spans="1:15">
       <c r="A173" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="D173" s="2" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>591</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I173" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>701</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L173" s="3" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="M173" s="3" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="N173" s="4" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="O173" s="2"/>
     </row>
     <row r="174" spans="1:15">
       <c r="A174" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>634</v>
       </c>
       <c r="D174" s="2" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>127</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I174" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>127</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L174" s="3" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="M174" s="3" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="N174" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O174" s="2"/>
     </row>
     <row r="175" spans="1:15">
       <c r="A175" s="2" t="s">
         <v>726</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="D175" s="2" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>730</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>952</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I175" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>509</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L175" s="3" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="M175" s="3" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="N175" s="4" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="O175" s="2"/>
     </row>
     <row r="176" spans="1:15">
       <c r="A176" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="D176" s="2" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>459</v>
       </c>
       <c r="H176" s="2" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="I176" s="2" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>459</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L176" s="3" t="s">
         <v>823</v>
       </c>
       <c r="M176" s="3" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="N176" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O176" s="2"/>
     </row>
     <row r="177" spans="1:15">
       <c r="A177" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="D177" s="2" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H177" s="2" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="I177" s="2" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>459</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L177" s="3" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="M177" s="3" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="N177" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O177" s="2" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="D178" s="2" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>935</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I178" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J178" s="2" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L178" s="3" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="M178" s="3" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="N178" s="4" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="O178" s="2" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D179" s="2" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H179" s="2" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="I179" s="2" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L179" s="3" t="s">
         <v>232</v>
       </c>
       <c r="M179" s="3" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="N179" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O179" s="2" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="D180" s="2" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I180" s="2" t="s">
+        <v>1268</v>
+      </c>
+      <c r="J180" s="2" t="s">
         <v>1267</v>
-      </c>
-[...1 lines deleted...]
-        <v>1266</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L180" s="3" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="M180" s="3" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="N180" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O180" s="2" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181" s="2" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="D181" s="2" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I181" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J181" s="2" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L181" s="3" t="s">
         <v>893</v>
       </c>
       <c r="M181" s="3" t="s">
         <v>893</v>
       </c>
       <c r="N181" s="4" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="O181" s="2" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="D182" s="2" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I182" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J182" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L182" s="3" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="M182" s="3" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="N182" s="4" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="O182" s="2" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="D183" s="2" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>219</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I183" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>78</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L183" s="3" t="s">
         <v>111</v>
       </c>
       <c r="M183" s="3" t="s">
         <v>111</v>
       </c>
       <c r="N183" s="4" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="O183" s="2" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="D184" s="2" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>89</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I184" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>87</v>
       </c>
       <c r="K184" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L184" s="3" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="M184" s="3" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="N184" s="4" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="O184" s="2" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="D185" s="2" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I185" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J185" s="2" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="K185" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L185" s="3" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="M185" s="3" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="N185" s="4" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="O185" s="2" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="D186" s="2" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>212</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I186" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>78</v>
       </c>
       <c r="K186" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L186" s="3" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="M186" s="3" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="N186" s="4" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="O186" s="2" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="D187" s="2" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="E187" s="2" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G187" s="2" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I187" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>192</v>
       </c>
       <c r="K187" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L187" s="3" t="s">
         <v>908</v>
       </c>
       <c r="M187" s="3" t="s">
         <v>908</v>
       </c>
       <c r="N187" s="4" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="O187" s="2" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="D188" s="2" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G188" s="2" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I188" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J188" s="2" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L188" s="3" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="M188" s="3" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="N188" s="4" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="O188" s="2" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="D189" s="2" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>644</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I189" s="2" t="s">
         <v>193</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>339</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L189" s="3" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="M189" s="3" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="N189" s="4" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="O189" s="2" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="D190" s="2" t="s">
         <v>944</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>421</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I190" s="2" t="s">
         <v>193</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>414</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L190" s="3" t="s">
         <v>220</v>
       </c>
       <c r="M190" s="3" t="s">
         <v>220</v>
       </c>
       <c r="N190" s="4" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="O190" s="2" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="D191" s="2" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>430</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>413</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>975</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I191" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>631</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L191" s="3" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="M191" s="3" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="N191" s="4" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="O191" s="2" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="D192" s="2" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>213</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I192" s="2" t="s">
         <v>193</v>
       </c>
       <c r="J192" s="2" t="s">
         <v>127</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L192" s="3" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="M192" s="3" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="N192" s="4" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="O192" s="2" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="D193" s="2" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>769</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>964</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I193" s="2" t="s">
         <v>772</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>421</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L193" s="3" t="s">
         <v>552</v>
       </c>
       <c r="M193" s="3" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="N193" s="4" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="O193" s="2" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="D194" s="2" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>769</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>413</v>
       </c>
       <c r="G194" s="2" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I194" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>501</v>
       </c>
       <c r="K194" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L194" s="3" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="M194" s="3" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="N194" s="4" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="O194" s="2"/>
     </row>
     <row r="195" spans="1:15">
       <c r="A195" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="D195" s="2" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>821</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>760</v>
       </c>
       <c r="H195" s="2" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="I195" s="2" t="s">
         <v>58</v>
       </c>
       <c r="J195" s="2" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="K195" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L195" s="3" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="M195" s="3" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="N195" s="4" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="O195" s="2" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="D196" s="2" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>313</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I196" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J196" s="2" t="s">
         <v>694</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L196" s="3" t="s">
         <v>259</v>
       </c>
       <c r="M196" s="3" t="s">
         <v>259</v>
       </c>
       <c r="N196" s="4" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="O196" s="2" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="D197" s="2" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>871</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>274</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I197" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>87</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L197" s="3" t="s">
         <v>179</v>
       </c>
       <c r="M197" s="3" t="s">
         <v>179</v>
       </c>
       <c r="N197" s="4" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="O197" s="2" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198" s="2" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="D198" s="2" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>194</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I198" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J198" s="2" t="s">
         <v>219</v>
       </c>
       <c r="K198" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L198" s="3" t="s">
         <v>237</v>
       </c>
       <c r="M198" s="3" t="s">
         <v>237</v>
       </c>
       <c r="N198" s="4" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="O198" s="2" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="D199" s="2" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G199" s="2" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I199" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>459</v>
       </c>
       <c r="K199" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L199" s="3" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="M199" s="3" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="N199" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O199" s="2" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="D200" s="2" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H200" s="2" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="I200" s="2" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="J200" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K200" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L200" s="3" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="M200" s="3" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="N200" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O200" s="2" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="D201" s="2" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>459</v>
       </c>
       <c r="H201" s="2" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="I201" s="2" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="J201" s="2" t="s">
         <v>459</v>
       </c>
       <c r="K201" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L201" s="3" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="M201" s="3" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="N201" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O201" s="2" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="D202" s="2" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>591</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G202" s="2" t="s">
         <v>471</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I202" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J202" s="2" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L202" s="3" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="M202" s="3" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="N202" s="4" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="O202" s="2" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="D203" s="2" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>574</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G203" s="2" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>682</v>
       </c>
       <c r="I203" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J203" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="K203" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L203" s="3" t="s">
         <v>424</v>
       </c>
       <c r="M203" s="3" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="N203" s="4" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="O203" s="2"/>
     </row>
     <row r="204" spans="1:15">
       <c r="A204" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="D204" s="2" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G204" s="2" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I204" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J204" s="2" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="K204" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L204" s="3" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="M204" s="3" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="N204" s="4" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="O204" s="2"/>
     </row>
     <row r="205" spans="1:15">
       <c r="A205" s="2" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="D205" s="2" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>462</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="H205" s="2" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="I205" s="2" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="J205" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="K205" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L205" s="3" t="s">
         <v>894</v>
       </c>
       <c r="M205" s="3" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="N205" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O205" s="2"/>
     </row>
     <row r="206" spans="1:15">
       <c r="A206" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="D206" s="2" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I206" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K206" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L206" s="3" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="M206" s="3" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="N206" s="4" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="O206" s="2"/>
     </row>
     <row r="207" spans="1:15">
       <c r="A207" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>456</v>
       </c>
       <c r="D207" s="2" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G207" s="2" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="H207" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="I207" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J207" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K207" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L207" s="3" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="M207" s="3" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="N207" s="4" t="s">
         <v>465</v>
       </c>
       <c r="O207" s="2"/>
     </row>
     <row r="208" spans="1:15">
       <c r="A208" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="D208" s="2" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>682</v>
       </c>
       <c r="I208" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L208" s="3" t="s">
         <v>711</v>
       </c>
       <c r="M208" s="3" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="N208" s="4" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="O208" s="2"/>
     </row>
     <row r="209" spans="1:15">
       <c r="A209" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="D209" s="2" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>574</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G209" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>702</v>
       </c>
       <c r="I209" s="2" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="J209" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L209" s="3" t="s">
         <v>187</v>
       </c>
       <c r="M209" s="3" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="N209" s="4" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="O209" s="2"/>
     </row>
     <row r="210" spans="1:15">
       <c r="A210" s="2" t="s">
         <v>726</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="C210" s="2" t="s">
         <v>728</v>
       </c>
       <c r="D210" s="2" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>919</v>
       </c>
       <c r="H210" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I210" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J210" s="2" t="s">
         <v>919</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L210" s="3" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="M210" s="3" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="N210" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O210" s="2"/>
     </row>
     <row r="211" spans="1:15">
       <c r="A211" s="2" t="s">
         <v>443</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="D211" s="2" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I211" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J211" s="2" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L211" s="3" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="M211" s="3" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="N211" s="4" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="O211" s="2"/>
     </row>
     <row r="212" spans="1:15">
       <c r="A212" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="D212" s="2" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I212" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J212" s="2" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L212" s="3" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="M212" s="3" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="N212" s="4" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="O212" s="2"/>
     </row>
     <row r="213" spans="1:15">
       <c r="A213" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="D213" s="2" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>856</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="H213" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I213" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J213" s="2" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L213" s="3" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="M213" s="3" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="N213" s="4" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="O213" s="2"/>
     </row>
     <row r="214" spans="1:15">
       <c r="A214" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="D214" s="2" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G214" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I214" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J214" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="K214" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L214" s="3" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="M214" s="3" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="N214" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O214" s="2"/>
     </row>
     <row r="215" spans="1:15">
       <c r="A215" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="D215" s="2" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I215" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J215" s="2" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L215" s="3" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="M215" s="3" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="N215" s="4" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="O215" s="2"/>
     </row>
     <row r="216" spans="1:15">
       <c r="A216" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="D216" s="2" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I216" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J216" s="2" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="K216" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L216" s="3" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="M216" s="3" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="N216" s="4" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="O216" s="2"/>
     </row>
     <row r="217" spans="1:15">
       <c r="A217" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="D217" s="2" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I217" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J217" s="2" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="K217" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L217" s="3" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="M217" s="3" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="N217" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O217" s="2"/>
     </row>
     <row r="218" spans="1:15">
       <c r="A218" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="D218" s="2" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>856</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G218" s="2" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I218" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J218" s="2" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="K218" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L218" s="3" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="M218" s="3" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="N218" s="4" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="O218" s="2"/>
     </row>
     <row r="219" spans="1:15">
       <c r="A219" s="2" t="s">
         <v>375</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>911</v>
       </c>
       <c r="D219" s="2" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I219" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J219" s="2" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L219" s="3" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="M219" s="3" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="N219" s="4" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="O219" s="2"/>
     </row>
     <row r="220" spans="1:15">
       <c r="A220" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="D220" s="2" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G220" s="2" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I220" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J220" s="2" t="s">
         <v>919</v>
       </c>
       <c r="K220" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L220" s="3" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="M220" s="3" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="N220" s="4" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="O220" s="2"/>
     </row>
     <row r="221" spans="1:15">
       <c r="A221" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="D221" s="2" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G221" s="2" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I221" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J221" s="2" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="K221" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L221" s="3" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="M221" s="3" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="N221" s="4" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="O221" s="2"/>
     </row>
     <row r="222" spans="1:15">
       <c r="A222" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>881</v>
       </c>
       <c r="D222" s="2" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I222" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J222" s="2" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="K222" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L222" s="3" t="s">
         <v>886</v>
       </c>
       <c r="M222" s="3" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="N222" s="4" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="O222" s="2"/>
     </row>
     <row r="223" spans="1:15">
       <c r="A223" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>270</v>
       </c>
       <c r="D223" s="2" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>272</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G223" s="2" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I223" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J223" s="2" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="K223" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L223" s="3" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="M223" s="3" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="N223" s="4" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="O223" s="2"/>
     </row>
     <row r="224" spans="1:15">
       <c r="A224" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="D224" s="2" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>745</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>914</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I224" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J224" s="2" t="s">
         <v>701</v>
       </c>
       <c r="K224" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L224" s="3" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="M224" s="3" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="N224" s="4" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="O224" s="2"/>
     </row>
     <row r="225" spans="1:15">
       <c r="A225" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="D225" s="2" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I225" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J225" s="2" t="s">
         <v>330</v>
       </c>
       <c r="K225" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L225" s="3" t="s">
         <v>282</v>
       </c>
       <c r="M225" s="3" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="N225" s="4" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="O225" s="2"/>
     </row>
     <row r="226" spans="1:15">
       <c r="A226" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>497</v>
       </c>
       <c r="D226" s="2" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I226" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J226" s="2" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="K226" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L226" s="3" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="M226" s="3" t="s">
         <v>672</v>
       </c>
       <c r="N226" s="4" t="s">
         <v>504</v>
       </c>
       <c r="O226" s="2"/>
     </row>
     <row r="227" spans="1:15">
       <c r="A227" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>497</v>
       </c>
       <c r="D227" s="2" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>558</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="H227" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I227" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J227" s="2" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="K227" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L227" s="3" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="M227" s="3" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="N227" s="4" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="O227" s="2"/>
     </row>
     <row r="228" spans="1:15">
       <c r="A228" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="D228" s="2" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="H228" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I228" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J228" s="2" t="s">
         <v>974</v>
       </c>
       <c r="K228" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L228" s="3" t="s">
         <v>381</v>
       </c>
       <c r="M228" s="3" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="N228" s="4" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="O228" s="2"/>
     </row>
     <row r="229" spans="1:15">
       <c r="A229" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="D229" s="2" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>600</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G229" s="2" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="H229" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I229" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J229" s="2" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="K229" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L229" s="3" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="M229" s="3" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="N229" s="4" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="O229" s="2"/>
     </row>
     <row r="230" spans="1:15">
       <c r="A230" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>680</v>
       </c>
       <c r="D230" s="2" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G230" s="2" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="H230" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I230" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J230" s="2" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="K230" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L230" s="3" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="M230" s="3" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="N230" s="4" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="O230" s="2"/>
     </row>
     <row r="231" spans="1:15">
       <c r="A231" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>889</v>
       </c>
       <c r="D231" s="2" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I231" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J231" s="2" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="K231" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L231" s="3" t="s">
         <v>894</v>
       </c>
       <c r="M231" s="3" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="N231" s="4" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="O231" s="2"/>
     </row>
     <row r="232" spans="1:15">
       <c r="A232" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="D232" s="2" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>535</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I232" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="K232" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L232" s="3" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="M232" s="3" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="N232" s="4" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="O232" s="2"/>
     </row>
     <row r="233" spans="1:15">
       <c r="A233" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="D233" s="2" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I233" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J233" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="K233" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L233" s="3" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="M233" s="3" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="N233" s="4" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="O233" s="2"/>
     </row>
     <row r="234" spans="1:15">
       <c r="A234" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="D234" s="2" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G234" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H234" s="2" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="I234" s="2" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="J234" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="K234" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L234" s="3" t="s">
         <v>824</v>
       </c>
       <c r="M234" s="3" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="N234" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O234" s="2" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="D235" s="2" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I235" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J235" s="2" t="s">
         <v>480</v>
       </c>
       <c r="K235" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L235" s="3" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="M235" s="3" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="N235" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O235" s="2"/>
     </row>
     <row r="236" spans="1:15">
       <c r="A236" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="D236" s="2" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I236" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J236" s="2" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="K236" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L236" s="3" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="M236" s="3" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="N236" s="4" t="s">
         <v>861</v>
       </c>
       <c r="O236" s="2"/>
     </row>
     <row r="237" spans="1:15">
       <c r="A237" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="D237" s="2" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I237" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J237" s="2" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="K237" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L237" s="3" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="M237" s="3" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="N237" s="4" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="O237" s="2" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="D238" s="2" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>919</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I238" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="K238" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L238" s="3" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="M238" s="3" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="N238" s="4" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="O238" s="2" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="D239" s="2" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G239" s="2" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I239" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J239" s="2" t="s">
         <v>471</v>
       </c>
       <c r="K239" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L239" s="3" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="M239" s="3" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="N239" s="4" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="O239" s="2" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="D240" s="2" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>558</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I240" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J240" s="2" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="K240" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L240" s="3" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="M240" s="3" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="N240" s="4" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="O240" s="2"/>
     </row>
     <row r="241" spans="1:15">
       <c r="A241" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="D241" s="2" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>856</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I241" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J241" s="2" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="K241" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L241" s="3" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="M241" s="3" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="N241" s="4" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="O241" s="2"/>
     </row>
     <row r="242" spans="1:15">
       <c r="A242" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="D242" s="2" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I242" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J242" s="2" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="K242" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L242" s="3" t="s">
         <v>984</v>
       </c>
       <c r="M242" s="3" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="N242" s="4" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="O242" s="2"/>
     </row>
     <row r="243" spans="1:15">
       <c r="A243" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="C243" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="D243" s="2" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="H243" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I243" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J243" s="2" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="K243" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L243" s="3" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="M243" s="3" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="N243" s="4" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="O243" s="2"/>
     </row>
     <row r="244" spans="1:15">
       <c r="A244" s="2" t="s">
         <v>443</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="D244" s="2" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G244" s="2" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I244" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J244" s="2" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="K244" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L244" s="3" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="M244" s="3" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="N244" s="4" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="O244" s="2" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
       <c r="D245" s="2" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>535</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I245" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J245" s="2" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="K245" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L245" s="3" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="M245" s="3" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="N245" s="4" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="O245" s="2"/>
     </row>
     <row r="246" spans="1:15">
       <c r="A246" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="D246" s="2" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H246" s="2" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="I246" s="2" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="J246" s="2" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="K246" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L246" s="3" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="M246" s="3" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="N246" s="4" t="s">
         <v>197</v>
       </c>
       <c r="O246" s="2"/>
     </row>
     <row r="247" spans="1:15">
       <c r="A247" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>916</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="D247" s="2" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I247" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J247" s="2" t="s">
         <v>644</v>
       </c>
       <c r="K247" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L247" s="3" t="s">
         <v>584</v>
       </c>
       <c r="M247" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="N247" s="4" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="O247" s="2"/>
     </row>
     <row r="248" spans="1:15">
       <c r="A248" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="D248" s="2" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H248" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I248" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J248" s="2" t="s">
         <v>339</v>
       </c>
       <c r="K248" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L248" s="3" t="s">
         <v>283</v>
       </c>
       <c r="M248" s="3" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="N248" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O248" s="2"/>
     </row>
     <row r="249" spans="1:15">
       <c r="A249" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>685</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="D249" s="2" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>688</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H249" s="2" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="I249" s="2" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="J249" s="2" t="s">
         <v>78</v>
       </c>
       <c r="K249" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L249" s="3" t="s">
         <v>689</v>
       </c>
       <c r="M249" s="3" t="s">
         <v>690</v>
       </c>
       <c r="N249" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O249" s="2"/>
     </row>
     <row r="250" spans="1:15">
       <c r="A250" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="D250" s="2" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>856</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="H250" s="2" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="I250" s="2" t="s">
         <v>612</v>
       </c>
       <c r="J250" s="2" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="K250" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L250" s="3" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="M250" s="3" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="N250" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O250" s="2"/>
     </row>
     <row r="251" spans="1:15">
       <c r="A251" s="2" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="D251" s="2" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>600</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G251" s="2" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="H251" s="2" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="I251" s="2" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="J251" s="2" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="K251" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L251" s="3" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="M251" s="3" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="N251" s="4" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="O251" s="2" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252" s="2" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="D252" s="2" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>600</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G252" s="2" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="H252" s="2" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="I252" s="2" t="s">
         <v>612</v>
       </c>
       <c r="J252" s="2" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="K252" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L252" s="3" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="M252" s="3" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="N252" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O252" s="2"/>
     </row>
     <row r="253" spans="1:15">
       <c r="A253" s="2" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="B253" s="2">
         <v>20361862025</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="D253" s="2" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G253" s="2" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="H253" s="2" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="I253" s="2" t="s">
+        <v>1712</v>
+      </c>
+      <c r="J253" s="2" t="s">
         <v>1711</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
       <c r="K253" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L253" s="3" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="M253" s="3" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="N253" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O253" s="2"/>
     </row>
     <row r="254" spans="1:15">
       <c r="A254" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="D254" s="2" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G254" s="2" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="H254" s="2" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="I254" s="2" t="s">
+        <v>1719</v>
+      </c>
+      <c r="J254" s="2" t="s">
         <v>1718</v>
-      </c>
-[...1 lines deleted...]
-        <v>1717</v>
       </c>
       <c r="K254" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L254" s="3" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="M254" s="3" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="N254" s="4" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="O254" s="2"/>
     </row>
     <row r="255" spans="1:15">
       <c r="A255" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="D255" s="2" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>87</v>
       </c>
       <c r="H255" s="2" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="I255" s="2" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="J255" s="2" t="s">
         <v>229</v>
       </c>
       <c r="K255" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L255" s="3" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="M255" s="3" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="N255" s="4" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="O255" s="2"/>
     </row>
     <row r="256" spans="1:15">
       <c r="A256" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="D256" s="2" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="H256" s="2" t="s">
+        <v>1688</v>
+      </c>
+      <c r="I256" s="2" t="s">
+        <v>1735</v>
+      </c>
+      <c r="J256" s="2" t="s">
         <v>1687</v>
-      </c>
-[...4 lines deleted...]
-        <v>1686</v>
       </c>
       <c r="K256" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L256" s="3" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="M256" s="3" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="N256" s="4" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="O256" s="2"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:O1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Portal da Transparência - ALEP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Relatório de Contratos</dc:title>
-  <dc:description>Relatório de Contratos gerado em 03/02/2026 23:20:01</dc:description>
+  <dc:description>Relatório de Contratos gerado em 24/02/2026 21:18:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>