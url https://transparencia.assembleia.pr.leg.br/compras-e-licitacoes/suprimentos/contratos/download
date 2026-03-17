--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$O$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1738">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1850">
   <si>
     <t>Diretoria</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Fornecedor</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Fiscal</t>
   </si>
   <si>
     <t>Gestor</t>
   </si>
   <si>
     <t>Contrato</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
@@ -3553,63 +3553,67 @@
     <t>O objeto do presente contrato é a contratação de empresa especializada para a
 elaboração de projeto de reestruturação da infraestrutura de cabeamento metálico/lógico de todos os ambientes que compõe o Prédio Administrativo, Edifício
 do Plenário e Edifício dos Deputados da Assembleia Legislativa do Estado do Paraná,
 bem como para a fiscalização e acompanhamento da execução dos mesmos.
 Integram e completam o presente termo contratual, para todos os fins de direito, obrigando
 as partes em todos os seus termos, as condições expressas no Processo de Dispensa de
 Licitação nº 024/2020, no Termo de Referência e na proposta, partes integrantes deste contrato. 
 O regime de execução será o de empreitada por preço unitário.</t>
   </si>
   <si>
     <t>Marcelo Sirvas Plata / Roberta S. Kashivaqui</t>
   </si>
   <si>
     <t>024/2020</t>
   </si>
   <si>
     <t>26/02/2025</t>
   </si>
   <si>
     <t>R$ 148.386,00</t>
   </si>
   <si>
     <t>01396-87.2022</t>
   </si>
   <si>
-    <t>HANE HELOISE RIGUEIRO EIRELI</t>
+    <t>HANE HELOISE RIGUEIRO LTDA</t>
   </si>
   <si>
     <t>Contratação de empresa especializada na prestação serviços continuados com
-regime de dedicação exclusiva de mão de obra de Técnico em Refrigeração Predial
-[...7 lines deleted...]
-    <t>R$ 287.040,76</t>
+regime de dedicação exclusiva de mão de obra de Técnico em Refrigeração Predial 44hrs semanais, para manutenção preventiva e corretiva dos Sistemas de ArCondicionado da Assembleia Legislativa do Estado do Paraná, bem como os serviços de instalação, fornecimento de equipe técnica, insumos/pegas, quando necessários.</t>
+  </si>
+  <si>
+    <t>Marcus Vinicius Schoenberger</t>
+  </si>
+  <si>
+    <t>6º Aditivo</t>
+  </si>
+  <si>
+    <t>10/03/2027</t>
+  </si>
+  <si>
+    <t>R$ 289.671,11</t>
   </si>
   <si>
     <t>IMAGENHARIA ENGENHARIA DA IMAGEM LTDA</t>
   </si>
   <si>
     <t>Transmissão Digital ao vivo</t>
   </si>
   <si>
     <t>Christian  Eduardo Perez Diaz</t>
   </si>
   <si>
     <t>09/03/2025</t>
   </si>
   <si>
     <t>R$ 1.133.770,00</t>
   </si>
   <si>
     <t>11786-78.2023</t>
   </si>
   <si>
     <t>CWB SOLUÇÕES</t>
   </si>
   <si>
     <t>Montagem/desmont multimídia</t>
   </si>
@@ -5722,94 +5726,431 @@
   <si>
     <t>DRIMAR COMERCIAL LTDA</t>
   </si>
   <si>
     <t>Aquisição, por dispensa de licitação,  de 1 (uma) guilhotina automática industrial,  para a produção de materiais gráficos e papelaria institucional da Assembleia Legislativa do Estado do Paraná (ALEP).</t>
   </si>
   <si>
     <t>Guacira Maria Rodrigues de Oliveira</t>
   </si>
   <si>
     <t>017/2025</t>
   </si>
   <si>
     <t>Dispensa - Compra Direta</t>
   </si>
   <si>
     <t>15/12/2025</t>
   </si>
   <si>
     <t>15/03/2027</t>
   </si>
   <si>
     <t>R$ 14.079,00</t>
   </si>
   <si>
-    <t>24859-84.2025</t>
-[...6 lines deleted...]
-    <t>ALBARI JOSEBEL FERREIRA PADILHA</t>
+    <t>3044-08.2025</t>
+  </si>
+  <si>
+    <t>Casa dos Banners - Comércio de Produtos para Comunicação Visual Ltda.</t>
+  </si>
+  <si>
+    <t>Confecção de 4 (quatro) banners suspensos, sendo 3 (três) deles de 80cm por 120cm e 1 (um) de 1m por 1,3m, acompanhados de 4 (quatro) porta-banners (tripés) de pelo menos 2,30m de altura.</t>
+  </si>
+  <si>
+    <t>Clara Dantas Mendes</t>
   </si>
   <si>
     <t>JOÃO LUIZ DO NASCIMENTO</t>
   </si>
   <si>
-    <t>Aditivo Contratual</t>
-[...22 lines deleted...]
-  <si>
     <t>Dispensa de Licitação</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>R$ 866,11</t>
+  </si>
+  <si>
+    <t>9889-78.2024</t>
+  </si>
+  <si>
+    <t>ARTEPLASTIC ARTEFATOS PLÁSTICOS LTDA.</t>
+  </si>
+  <si>
+    <t>Formação de registro de preços para aquisição de tampas plásticas para garrafão de 20 litros, a fim de
+atender a demanda das unidades administrativas da Assembleia Legislativa do
+Estado do Paraná</t>
+  </si>
+  <si>
+    <t>Ata de Registro de Preço - 1º Aditivo</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>04/03/2027</t>
+  </si>
+  <si>
+    <t>R$ 5.750,00</t>
+  </si>
+  <si>
+    <t>15823-07.2024</t>
+  </si>
+  <si>
+    <t>ELETRO CENTRO COMÉRCIO ED PEÇAS E ELETROELETRÔNICOS LTDA - CNPJ: 16.779.255/0002-15</t>
+  </si>
+  <si>
+    <t>Formação de registro de preços para aquisição eventual e parcelada de 61 (sessenta e um) APARELHOS DE AR-CONDICIONADO, inverter, para os sistemas Split, Hi-Wall, Piso Teto e Cassete (teto), em conformidade com especificações e condições constantes no termo, para atender a demanda das unidades administrativas da Assembleia Legislativa do Estado do Paraná.</t>
+  </si>
+  <si>
+    <t>Sabrina Megumi</t>
+  </si>
+  <si>
+    <t>Ata de Registro de Preços n° 001/2025</t>
+  </si>
+  <si>
+    <t>017/2024</t>
+  </si>
+  <si>
+    <t>06/03/2025</t>
+  </si>
+  <si>
+    <t>06/03/2027</t>
+  </si>
+  <si>
+    <t>R$ 95.116,00</t>
+  </si>
+  <si>
+    <t>Ata de Registro de Preços n° 001/2025
+1° Termo Aditivo - Prorrogação</t>
+  </si>
+  <si>
+    <t>Diretoria de Pesssoal</t>
+  </si>
+  <si>
+    <t>00865-59.2025</t>
+  </si>
+  <si>
+    <t>UNIMED CURITIBA – SOCIEDADE COOPERATIVA DE MEDICOS</t>
+  </si>
+  <si>
+    <t>Contratação de empresa operadora de Plano de Assistência à Saúde, que atenda integralmente ao disposto na Lei nº 9656/98 e legislações complementares pertinentes, para prestação continuada de serviços de assistência médica hospitalar, ambulatorial, laboratorial, auxiliar de diagnóstico e tratamento, com acomodação hospitalar em enfermaria, sem coparticipação e com abrangência nacional e cidades polos do Estado do Paraná, conforme especificações e quantitativos descritos no contrato.</t>
+  </si>
+  <si>
+    <t>035/2025</t>
+  </si>
+  <si>
+    <t>018/2025</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>31/12/2031</t>
+  </si>
+  <si>
+    <t>R$ 96.019.026,60</t>
+  </si>
+  <si>
+    <t>Coordenadoria de Engenharia e Manutenção / Diretoria Administrativa</t>
+  </si>
+  <si>
+    <t>07005-52.2025</t>
+  </si>
+  <si>
+    <t>PALACE CONTRUTURA LTDA</t>
+  </si>
+  <si>
+    <t>Contratação de empresa de engenharia ou arquitetura especializada na prestação de serviços técnicos de elaboração de Projeto Executivo de climatização do Plenário da Assembleia Legislativa do Paraná e salas anexas, bem como o desenvolvimento de documentos técnicos, especificações, planilhas de quantitativos e custos, memorial descritivo, conforme condições e exigências estabelecidas neste instrumento.</t>
+  </si>
+  <si>
+    <t>Marcus Vinícius Schoenberger</t>
+  </si>
+  <si>
+    <t>003/2026</t>
+  </si>
+  <si>
+    <t>VIGENTE</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>020/2025</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>10/08/2026</t>
+  </si>
+  <si>
+    <t>R$ 38.100,00</t>
+  </si>
+  <si>
+    <t>Diretoria Administrativa e Diretoria de Apoio Técnico</t>
+  </si>
+  <si>
+    <t>09312-37.2025</t>
+  </si>
+  <si>
+    <t>CONTRATOSGOV SISTEMAS LTDA</t>
+  </si>
+  <si>
+    <t>A contratação de empresa especializada para o fornecimento de solução tecnológica, na forma de um sistema informatizado de gestão e fiscalização de contratos administrativos, incluindo a licença de uso do software, serviços de implantação, integração de sistemas, treinamento, manutenção corretiva, adaptativa e evolutiva, e suporte técnico continuado.
+Esta contratação visa atender às necessidades da Assembleia Legislativa do Estado do Paraná (ALEP) no que tange ao aprimoramento dos seus processos de gerenciamento, controle e supervisão dos contratos firmados.</t>
+  </si>
+  <si>
+    <t>Fernando Ferrari de Morais</t>
+  </si>
+  <si>
+    <t>021/2025</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>12/06/2025</t>
+  </si>
+  <si>
+    <t>10/06/2026</t>
+  </si>
+  <si>
+    <t>R$ 94.890,00</t>
+  </si>
+  <si>
+    <t>03474-38.2025</t>
+  </si>
+  <si>
+    <t>FORUS SOLUÇÕES EM SUSTENTABILIDADE LTDA</t>
+  </si>
+  <si>
+    <t>Locação de espaço físico para um estande institucional de 12m², dentro dos padrões estabelecidos pela organização do evento, incluindo infraestrutura, mobiliário e demais serviços necessários para garantir o pleno funcionamento do espaço destinado à Assembleia Legislativa do Estado do Paraná - ALEP, bem como o fornecimento de 54 ingressos na modalidade "Business", visando a participação de todos os parlamentares da ALEP no evento Smart City Expo Curitiba 2025, a ser realizado entre os dias 25 a 27 de março de 2025, na Ligga Arena, localizada no município de Curitiba/PR.</t>
+  </si>
+  <si>
+    <t>Eduardo Pereira Camargo</t>
+  </si>
+  <si>
+    <t>Concluída</t>
+  </si>
+  <si>
+    <t>Inexigibilidade</t>
+  </si>
+  <si>
+    <t>06/2025</t>
+  </si>
+  <si>
+    <t>25/03/2025</t>
+  </si>
+  <si>
+    <t>27/03/2025</t>
+  </si>
+  <si>
+    <t>R$ 180.000,00</t>
+  </si>
+  <si>
+    <t>03510-33.2026</t>
+  </si>
+  <si>
+    <t>Sociedade Rural de Umuarama</t>
+  </si>
+  <si>
+    <t>Contratação direta, por inexigibilidade de licitação, com fundamento no art. 74, inciso I, da Lei nº 14.133/2021, junto à Sociedade Rural de Umuarama, entidade organizadora da 51ª Expo Umuarama -24ª Internacional, visando à cessão de espaço físico e à disponibilização de infraestrutura necessária para instalação e funcionamento da Assembleia Itinerante da Assembleia Legislativa do Estado do Paraná, no período de 12 a 22 de março de 2026, no Parque de Exposições Dario Pimenta da Nóbrega, no Município de Umuarama/PR, para atender às demandas institucionais da Assembleia Legislativa do Estado do Paraná.</t>
+  </si>
+  <si>
+    <t>Kátia Ferreira Chagas</t>
+  </si>
+  <si>
+    <t>006/2026</t>
+  </si>
+  <si>
+    <t>004/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>11/03/2027</t>
+  </si>
+  <si>
+    <t>DIRETORIA ADMINISTRATIVA</t>
+  </si>
+  <si>
+    <t>26341-34.2025</t>
+  </si>
+  <si>
+    <t>CS CAM SERVIÇOS DE SOFTWARE LTDA</t>
+  </si>
+  <si>
+    <t>O objeto deste Contrato consiste na contratação da prestação de serviços de subscrição
+(assinatura) das licenças de softwares para elaboração de projetos com metodologia Building Information Modeling (BIM) para atender as necessidades da Assembleia Legislativa do Estado do Paraná, conforme condições e especificações técnicas constantes do Termo de Referência - Anexo I do Edital da contratação.
+Software Autodesk Collection Autodesk Architecture, demais informações de acordo com Termo de Referência e/ou Descritivo Técnico do Processo, UNID. DE
+MEDIDA: Unitário / Marca: Autodesk Collection Autodesk Architecture</t>
+  </si>
+  <si>
+    <t>001/2026</t>
+  </si>
+  <si>
+    <t>ADESÃO A ATA DE REGISTRO DE PREÇOS</t>
+  </si>
+  <si>
+    <t>PE 1037/2023 SEAP</t>
+  </si>
+  <si>
+    <t>15/07/2029</t>
+  </si>
+  <si>
+    <t>R$ 171.917,40</t>
+  </si>
+  <si>
+    <t>15383-53.2024</t>
+  </si>
+  <si>
+    <t>ECO POLO ENGENHARIA LTDA</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para o fornecimento e instalação de 2 (duas) unidades de guarda-corpos em chapa rígida de policarbonato 12mm
+estrutura em alumínio, respectivamente, nos 1º Legislativa do Estado do Paraná, conforme as especificações, quantidades e demais condições constantes no Termo de Referência e demais documentos técnicos anexos ao presente procedimento.</t>
+  </si>
+  <si>
+    <t>001/2025</t>
+  </si>
+  <si>
+    <t>EXTINTO</t>
+  </si>
+  <si>
+    <t>15/07/2025</t>
+  </si>
+  <si>
+    <t>R$ 639.949,40</t>
+  </si>
+  <si>
+    <t>DIRETORIA DE PESSOAL</t>
+  </si>
+  <si>
+    <t>14502-75.2024</t>
+  </si>
+  <si>
+    <t>EBC SERVICOS EDUCACIONAIS LTDA</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para aquisição de livros jurídicos especializados, para atender a demanda das unidades administrativas da Assembleia Legislativa do Estado do Paraná.</t>
+  </si>
+  <si>
+    <t>Rodrigo Ribas</t>
+  </si>
+  <si>
+    <t>DISPENSA ELETRÔNICA</t>
+  </si>
+  <si>
+    <t>23/05/2025</t>
+  </si>
+  <si>
+    <t>23/06/2025</t>
+  </si>
+  <si>
+    <t>R$ 14.999,70</t>
+  </si>
+  <si>
+    <t>DIRETORIA GERAL</t>
+  </si>
+  <si>
+    <t>01571-09.2025</t>
+  </si>
+  <si>
+    <t>J C B LEAO E CIA LTDA</t>
+  </si>
+  <si>
+    <t>Contratação de empresa de engenharia especializada para a instalação de uma usina fotovoltaica montada sobre a cobertura da portaria principal, consistindo no fornecimento de materiais e equipamentos, instalação completa das estruturas metálicas de sustentação e sistema de geração de energia solar fotovoltaica tipo zero grid (zero injeção), documentações e projetos, comissionamento, capacitação da equipe técnica da ALEP, operação assistida com suporte técnico e homologação junto a concessionária de energia elétrica de sistema de micro geração conectado à rede, com potência instalada total superior a 30 KWp, conforme condições e exigências estabelecidas Termo de referência e demais anexos da contratação.</t>
+  </si>
+  <si>
+    <t>Marcelo Luiz Tokars</t>
+  </si>
+  <si>
+    <t>023/2025</t>
+  </si>
+  <si>
+    <t>009/2025</t>
+  </si>
+  <si>
+    <t>02/08/2025</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>R$ 84.900,00</t>
+  </si>
+  <si>
+    <t>02580-23.2025</t>
+  </si>
+  <si>
+    <t>RHADIX VIDRAÇARIA LTDA</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para o fornecimento e a substituição de 94 (noventa e quatro) portas de vidro, no Edifício Presidente Tancredo Neves e Plenário - sede da Assembleia Legislativa do Estado do Paraná, conforme condições e exigências estabelecidas neste instrumento.</t>
+  </si>
+  <si>
+    <t>025/2025</t>
+  </si>
+  <si>
+    <t>007/2025</t>
+  </si>
+  <si>
+    <t>03/09/2025</t>
+  </si>
+  <si>
+    <t>02/09/2026</t>
+  </si>
+  <si>
+    <t>R$ 498.799,72</t>
+  </si>
+  <si>
+    <t>11695-10.2024</t>
+  </si>
+  <si>
+    <t>M INDUSTRIAL LTDA</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para a aquisição e instalação de 2 (duas) plataformas elevatórias inclinadas, com o fornecimento de todos os equipamentos necessários e correlatos, para garantir a acessibilidade e a assegurar que todas as pessoas, mormente àquelas com mobilidade reduzida, possam ter acesso facilitado à área externa e interna do plenário desta Casa de Leis.</t>
+  </si>
+  <si>
+    <t>028/2025</t>
+  </si>
+  <si>
+    <t>012/2025</t>
+  </si>
+  <si>
+    <t>23/09/2025</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>R$ 116.800,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -6170,55 +6511,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O256"/>
+  <dimension ref="A1:O268"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A1" sqref="A1:O256"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1:O268"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="15" customWidth="true" style="0"/>
     <col min="12" max="12" width="18" customWidth="true" style="0"/>
     <col min="13" max="13" width="18" customWidth="true" style="0"/>
     <col min="14" max="14" width="20" customWidth="true" style="0"/>
     <col min="15" max="15" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -13067,4824 +13408,5366 @@
       <c r="L151" s="3" t="s">
         <v>739</v>
       </c>
       <c r="M151" s="3" t="s">
         <v>1096</v>
       </c>
       <c r="N151" s="4" t="s">
         <v>1097</v>
       </c>
       <c r="O151" s="2"/>
     </row>
     <row r="152" spans="1:15">
       <c r="A152" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>1098</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="D152" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>86</v>
+        <v>1101</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H152" s="2" t="s">
-        <v>229</v>
+        <v>1102</v>
       </c>
       <c r="I152" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>301</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>171</v>
+        <v>24</v>
       </c>
       <c r="L152" s="3" t="s">
         <v>39</v>
       </c>
       <c r="M152" s="3" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="N152" s="4" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="O152" s="2"/>
     </row>
     <row r="153" spans="1:15">
       <c r="A153" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="D153" s="2" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>258</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I153" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>118</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L153" s="3" t="s">
         <v>282</v>
       </c>
       <c r="M153" s="3" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="N153" s="4" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="O153" s="2"/>
     </row>
     <row r="154" spans="1:15">
       <c r="A154" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="D154" s="2" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>919</v>
       </c>
       <c r="H154" s="2" t="s">
         <v>397</v>
       </c>
       <c r="I154" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J154" s="2" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L154" s="3" t="s">
         <v>432</v>
       </c>
       <c r="M154" s="3" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="N154" s="4" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="O154" s="2"/>
     </row>
     <row r="155" spans="1:15">
       <c r="A155" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>931</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>932</v>
       </c>
       <c r="D155" s="2" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>430</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G155" s="2" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>397</v>
       </c>
       <c r="I155" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>559</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L155" s="3" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="M155" s="3" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="N155" s="4" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="O155" s="2"/>
     </row>
     <row r="156" spans="1:15">
       <c r="A156" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="D156" s="2" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>413</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>559</v>
       </c>
       <c r="H156" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I156" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>387</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L156" s="3" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="M156" s="3" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="N156" s="4" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="O156" s="2"/>
     </row>
     <row r="157" spans="1:15">
       <c r="A157" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="D157" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="H157" s="2" t="s">
         <v>822</v>
       </c>
       <c r="I157" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J157" s="2" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L157" s="3" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="M157" s="3" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="N157" s="4" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="O157" s="2"/>
     </row>
     <row r="158" spans="1:15">
       <c r="A158" s="2" t="s">
         <v>923</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="D158" s="2" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H158" s="2" t="s">
         <v>568</v>
       </c>
       <c r="I158" s="2" t="s">
         <v>527</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L158" s="3" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="M158" s="3" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="N158" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O158" s="2"/>
     </row>
     <row r="159" spans="1:15">
       <c r="A159" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="D159" s="2" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>871</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G159" s="2" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="H159" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I159" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>35</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L159" s="3" t="s">
         <v>576</v>
       </c>
       <c r="M159" s="3" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="N159" s="4" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="O159" s="2"/>
     </row>
     <row r="160" spans="1:15">
       <c r="A160" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="D160" s="2" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H160" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I160" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>414</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L160" s="3" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="M160" s="3" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="N160" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O160" s="2"/>
     </row>
     <row r="161" spans="1:15">
       <c r="A161" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D161" s="2" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H161" s="2" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="I161" s="2" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L161" s="3" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="M161" s="3" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="N161" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O161" s="2"/>
     </row>
     <row r="162" spans="1:15">
       <c r="A162" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="D162" s="2" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="H162" s="2" t="s">
         <v>169</v>
       </c>
       <c r="I162" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L162" s="3" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="M162" s="3" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="N162" s="4" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="O162" s="2"/>
     </row>
     <row r="163" spans="1:15">
       <c r="A163" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="D163" s="2" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="H163" s="2" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="I163" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L163" s="3" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="M163" s="3" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="N163" s="4" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="O163" s="2" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="D164" s="2" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H164" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I164" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L164" s="3" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="M164" s="3" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="N164" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O164" s="2"/>
     </row>
     <row r="165" spans="1:15">
       <c r="A165" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="D165" s="2" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I165" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>274</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L165" s="3" t="s">
         <v>220</v>
       </c>
       <c r="M165" s="3" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="N165" s="4" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="O165" s="2"/>
     </row>
     <row r="166" spans="1:15">
       <c r="A166" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="D166" s="2" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>1054</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I166" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>274</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L166" s="3" t="s">
         <v>220</v>
       </c>
       <c r="M166" s="3" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="N166" s="4" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="O166" s="2"/>
     </row>
     <row r="167" spans="1:15">
       <c r="A167" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="D167" s="2" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G167" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>807</v>
       </c>
       <c r="I167" s="2" t="s">
         <v>612</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L167" s="3" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="M167" s="3" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="N167" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O167" s="2"/>
     </row>
     <row r="168" spans="1:15">
       <c r="A168" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="D168" s="2" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>994</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G168" s="2" t="s">
         <v>948</v>
       </c>
       <c r="H168" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I168" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L168" s="3" t="s">
         <v>50</v>
       </c>
       <c r="M168" s="3" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="N168" s="4" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="O168" s="2"/>
     </row>
     <row r="169" spans="1:15">
       <c r="A169" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="D169" s="2" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I169" s="2" t="s">
         <v>481</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>102</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L169" s="3" t="s">
         <v>689</v>
       </c>
       <c r="M169" s="3" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="N169" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O169" s="2"/>
     </row>
     <row r="170" spans="1:15">
       <c r="A170" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="D170" s="2" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I170" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L170" s="3" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="M170" s="3" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="N170" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O170" s="2"/>
     </row>
     <row r="171" spans="1:15">
       <c r="A171" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="D171" s="2" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>509</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I171" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L171" s="3" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="M171" s="3" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="N171" s="4" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="O171" s="2"/>
     </row>
     <row r="172" spans="1:15">
       <c r="A172" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="D172" s="2" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>1054</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="H172" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I172" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>274</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L172" s="3" t="s">
         <v>220</v>
       </c>
       <c r="M172" s="3" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="N172" s="4" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="O172" s="2"/>
     </row>
     <row r="173" spans="1:15">
       <c r="A173" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="D173" s="2" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>591</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="H173" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I173" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>701</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L173" s="3" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="M173" s="3" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="N173" s="4" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="O173" s="2"/>
     </row>
     <row r="174" spans="1:15">
       <c r="A174" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>634</v>
       </c>
       <c r="D174" s="2" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>127</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I174" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>127</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L174" s="3" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="M174" s="3" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="N174" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O174" s="2"/>
     </row>
     <row r="175" spans="1:15">
       <c r="A175" s="2" t="s">
         <v>726</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="D175" s="2" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>730</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>952</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I175" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>509</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L175" s="3" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="M175" s="3" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="N175" s="4" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="O175" s="2"/>
     </row>
     <row r="176" spans="1:15">
       <c r="A176" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="D176" s="2" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>459</v>
       </c>
       <c r="H176" s="2" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="I176" s="2" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>459</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L176" s="3" t="s">
         <v>823</v>
       </c>
       <c r="M176" s="3" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="N176" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O176" s="2"/>
     </row>
     <row r="177" spans="1:15">
       <c r="A177" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="D177" s="2" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H177" s="2" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="I177" s="2" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>459</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L177" s="3" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="M177" s="3" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="N177" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O177" s="2" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="D178" s="2" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>935</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I178" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J178" s="2" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L178" s="3" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="M178" s="3" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="N178" s="4" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="O178" s="2" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D179" s="2" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H179" s="2" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="I179" s="2" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L179" s="3" t="s">
         <v>232</v>
       </c>
       <c r="M179" s="3" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="N179" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O179" s="2" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="D180" s="2" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="H180" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I180" s="2" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="J180" s="2" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L180" s="3" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="M180" s="3" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="N180" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O180" s="2" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181" s="2" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="D181" s="2" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="H181" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I181" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J181" s="2" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L181" s="3" t="s">
         <v>893</v>
       </c>
       <c r="M181" s="3" t="s">
         <v>893</v>
       </c>
       <c r="N181" s="4" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="O181" s="2" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="D182" s="2" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I182" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="J182" s="2" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L182" s="3" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="M182" s="3" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="N182" s="4" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="O182" s="2" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="D183" s="2" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>219</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I183" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>78</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L183" s="3" t="s">
         <v>111</v>
       </c>
       <c r="M183" s="3" t="s">
         <v>111</v>
       </c>
       <c r="N183" s="4" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="O183" s="2" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="D184" s="2" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>89</v>
       </c>
       <c r="H184" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I184" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>87</v>
       </c>
       <c r="K184" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L184" s="3" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="M184" s="3" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="N184" s="4" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="O184" s="2" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="D185" s="2" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I185" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J185" s="2" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="K185" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L185" s="3" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="M185" s="3" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="N185" s="4" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="O185" s="2" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="D186" s="2" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>212</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I186" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>78</v>
       </c>
       <c r="K186" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L186" s="3" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="M186" s="3" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="N186" s="4" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="O186" s="2" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="D187" s="2" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="E187" s="2" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G187" s="2" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="H187" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I187" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>192</v>
       </c>
       <c r="K187" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L187" s="3" t="s">
         <v>908</v>
       </c>
       <c r="M187" s="3" t="s">
         <v>908</v>
       </c>
       <c r="N187" s="4" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="O187" s="2" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="D188" s="2" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G188" s="2" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="H188" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I188" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J188" s="2" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L188" s="3" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="M188" s="3" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="N188" s="4" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="O188" s="2" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="D189" s="2" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>644</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I189" s="2" t="s">
         <v>193</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>339</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L189" s="3" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="M189" s="3" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="N189" s="4" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="O189" s="2" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="D190" s="2" t="s">
         <v>944</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>421</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I190" s="2" t="s">
         <v>193</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>414</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L190" s="3" t="s">
         <v>220</v>
       </c>
       <c r="M190" s="3" t="s">
         <v>220</v>
       </c>
       <c r="N190" s="4" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="O190" s="2" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="D191" s="2" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>430</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>413</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>975</v>
       </c>
       <c r="H191" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I191" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>631</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L191" s="3" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="M191" s="3" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="N191" s="4" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="O191" s="2" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="D192" s="2" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>213</v>
       </c>
       <c r="H192" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I192" s="2" t="s">
         <v>193</v>
       </c>
       <c r="J192" s="2" t="s">
         <v>127</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L192" s="3" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="M192" s="3" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="N192" s="4" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="O192" s="2" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="D193" s="2" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>769</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>964</v>
       </c>
       <c r="H193" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I193" s="2" t="s">
         <v>772</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>421</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L193" s="3" t="s">
         <v>552</v>
       </c>
       <c r="M193" s="3" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="N193" s="4" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="O193" s="2" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="D194" s="2" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>769</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>413</v>
       </c>
       <c r="G194" s="2" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="H194" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I194" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>501</v>
       </c>
       <c r="K194" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L194" s="3" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="M194" s="3" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="N194" s="4" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="O194" s="2"/>
     </row>
     <row r="195" spans="1:15">
       <c r="A195" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="D195" s="2" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>821</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>760</v>
       </c>
       <c r="H195" s="2" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="I195" s="2" t="s">
         <v>58</v>
       </c>
       <c r="J195" s="2" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="K195" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L195" s="3" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="M195" s="3" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="N195" s="4" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="O195" s="2" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="D196" s="2" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>313</v>
       </c>
       <c r="H196" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I196" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J196" s="2" t="s">
         <v>694</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L196" s="3" t="s">
         <v>259</v>
       </c>
       <c r="M196" s="3" t="s">
         <v>259</v>
       </c>
       <c r="N196" s="4" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="O196" s="2" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="D197" s="2" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>871</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>274</v>
       </c>
       <c r="H197" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I197" s="2" t="s">
         <v>23</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>87</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L197" s="3" t="s">
         <v>179</v>
       </c>
       <c r="M197" s="3" t="s">
         <v>179</v>
       </c>
       <c r="N197" s="4" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="O197" s="2" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198" s="2" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="D198" s="2" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>194</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I198" s="2" t="s">
         <v>47</v>
       </c>
       <c r="J198" s="2" t="s">
         <v>219</v>
       </c>
       <c r="K198" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L198" s="3" t="s">
         <v>237</v>
       </c>
       <c r="M198" s="3" t="s">
         <v>237</v>
       </c>
       <c r="N198" s="4" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="O198" s="2" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="D199" s="2" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G199" s="2" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I199" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>459</v>
       </c>
       <c r="K199" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L199" s="3" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="M199" s="3" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="N199" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O199" s="2" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="D200" s="2" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H200" s="2" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="I200" s="2" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="J200" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K200" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L200" s="3" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="M200" s="3" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="N200" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O200" s="2" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="D201" s="2" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>459</v>
       </c>
       <c r="H201" s="2" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="I201" s="2" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="J201" s="2" t="s">
         <v>459</v>
       </c>
       <c r="K201" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L201" s="3" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="M201" s="3" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="N201" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O201" s="2" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="D202" s="2" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>591</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G202" s="2" t="s">
         <v>471</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I202" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J202" s="2" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L202" s="3" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="M202" s="3" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="N202" s="4" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="O202" s="2" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="D203" s="2" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>574</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G203" s="2" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>682</v>
       </c>
       <c r="I203" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J203" s="2" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="K203" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L203" s="3" t="s">
         <v>424</v>
       </c>
       <c r="M203" s="3" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="N203" s="4" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="O203" s="2"/>
     </row>
     <row r="204" spans="1:15">
       <c r="A204" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="D204" s="2" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G204" s="2" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I204" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J204" s="2" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="K204" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L204" s="3" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="M204" s="3" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="N204" s="4" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="O204" s="2"/>
     </row>
     <row r="205" spans="1:15">
       <c r="A205" s="2" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="D205" s="2" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>462</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="H205" s="2" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="I205" s="2" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="J205" s="2" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="K205" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L205" s="3" t="s">
         <v>894</v>
       </c>
       <c r="M205" s="3" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="N205" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O205" s="2"/>
     </row>
     <row r="206" spans="1:15">
       <c r="A206" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="D206" s="2" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I206" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K206" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L206" s="3" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="M206" s="3" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="N206" s="4" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="O206" s="2"/>
     </row>
     <row r="207" spans="1:15">
       <c r="A207" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>456</v>
       </c>
       <c r="D207" s="2" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G207" s="2" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="H207" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="I207" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="J207" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K207" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L207" s="3" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="M207" s="3" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="N207" s="4" t="s">
         <v>465</v>
       </c>
       <c r="O207" s="2"/>
     </row>
     <row r="208" spans="1:15">
       <c r="A208" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="D208" s="2" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G208" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>682</v>
       </c>
       <c r="I208" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L208" s="3" t="s">
         <v>711</v>
       </c>
       <c r="M208" s="3" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="N208" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="O208" s="2"/>
     </row>
     <row r="209" spans="1:15">
       <c r="A209" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="D209" s="2" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>574</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G209" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>702</v>
       </c>
       <c r="I209" s="2" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="J209" s="2" t="s">
         <v>462</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L209" s="3" t="s">
         <v>187</v>
       </c>
       <c r="M209" s="3" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="N209" s="4" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="O209" s="2"/>
     </row>
     <row r="210" spans="1:15">
       <c r="A210" s="2" t="s">
         <v>726</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="C210" s="2" t="s">
         <v>728</v>
       </c>
       <c r="D210" s="2" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>919</v>
       </c>
       <c r="H210" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I210" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J210" s="2" t="s">
         <v>919</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L210" s="3" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="M210" s="3" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="N210" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O210" s="2"/>
     </row>
     <row r="211" spans="1:15">
       <c r="A211" s="2" t="s">
         <v>443</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="D211" s="2" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I211" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J211" s="2" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L211" s="3" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="M211" s="3" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="N211" s="4" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="O211" s="2"/>
     </row>
     <row r="212" spans="1:15">
       <c r="A212" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="D212" s="2" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I212" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J212" s="2" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L212" s="3" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="M212" s="3" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="N212" s="4" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="O212" s="2"/>
     </row>
     <row r="213" spans="1:15">
       <c r="A213" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="D213" s="2" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>856</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="H213" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I213" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J213" s="2" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L213" s="3" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="M213" s="3" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="N213" s="4" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="O213" s="2"/>
     </row>
     <row r="214" spans="1:15">
       <c r="A214" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="D214" s="2" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G214" s="2" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I214" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J214" s="2" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="K214" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L214" s="3" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="M214" s="3" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="N214" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O214" s="2"/>
     </row>
     <row r="215" spans="1:15">
       <c r="A215" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="D215" s="2" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="H215" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I215" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J215" s="2" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L215" s="3" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="M215" s="3" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="N215" s="4" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="O215" s="2"/>
     </row>
     <row r="216" spans="1:15">
       <c r="A216" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="D216" s="2" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I216" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J216" s="2" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="K216" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L216" s="3" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="M216" s="3" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="N216" s="4" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="O216" s="2"/>
     </row>
     <row r="217" spans="1:15">
       <c r="A217" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="D217" s="2" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I217" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J217" s="2" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="K217" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L217" s="3" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="M217" s="3" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="N217" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O217" s="2"/>
     </row>
     <row r="218" spans="1:15">
       <c r="A218" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="D218" s="2" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>856</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G218" s="2" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="H218" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I218" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="J218" s="2" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="K218" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L218" s="3" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="M218" s="3" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="N218" s="4" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="O218" s="2"/>
     </row>
     <row r="219" spans="1:15">
       <c r="A219" s="2" t="s">
         <v>375</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>911</v>
       </c>
       <c r="D219" s="2" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I219" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J219" s="2" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L219" s="3" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="M219" s="3" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="N219" s="4" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="O219" s="2"/>
     </row>
     <row r="220" spans="1:15">
       <c r="A220" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="D220" s="2" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G220" s="2" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I220" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J220" s="2" t="s">
         <v>919</v>
       </c>
       <c r="K220" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L220" s="3" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="M220" s="3" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="N220" s="4" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="O220" s="2"/>
     </row>
     <row r="221" spans="1:15">
       <c r="A221" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="D221" s="2" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G221" s="2" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="H221" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I221" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J221" s="2" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="K221" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L221" s="3" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="M221" s="3" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="N221" s="4" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="O221" s="2"/>
     </row>
     <row r="222" spans="1:15">
       <c r="A222" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>881</v>
       </c>
       <c r="D222" s="2" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I222" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="J222" s="2" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="K222" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L222" s="3" t="s">
         <v>886</v>
       </c>
       <c r="M222" s="3" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="N222" s="4" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="O222" s="2"/>
     </row>
     <row r="223" spans="1:15">
       <c r="A223" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>1070</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>270</v>
       </c>
       <c r="D223" s="2" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>272</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I223" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J223" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="K223" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L223" s="3" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="M223" s="3" t="s">
         <v>1081</v>
       </c>
       <c r="N223" s="4" t="s">
         <v>1076</v>
       </c>
       <c r="O223" s="2"/>
     </row>
     <row r="224" spans="1:15">
       <c r="A224" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="D224" s="2" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>745</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>914</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I224" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J224" s="2" t="s">
         <v>701</v>
       </c>
       <c r="K224" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L224" s="3" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="M224" s="3" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="N224" s="4" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="O224" s="2"/>
     </row>
     <row r="225" spans="1:15">
       <c r="A225" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="D225" s="2" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I225" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J225" s="2" t="s">
         <v>330</v>
       </c>
       <c r="K225" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L225" s="3" t="s">
         <v>282</v>
       </c>
       <c r="M225" s="3" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="N225" s="4" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="O225" s="2"/>
     </row>
     <row r="226" spans="1:15">
       <c r="A226" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>497</v>
       </c>
       <c r="D226" s="2" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I226" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J226" s="2" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="K226" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L226" s="3" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="M226" s="3" t="s">
         <v>672</v>
       </c>
       <c r="N226" s="4" t="s">
         <v>504</v>
       </c>
       <c r="O226" s="2"/>
     </row>
     <row r="227" spans="1:15">
       <c r="A227" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>497</v>
       </c>
       <c r="D227" s="2" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>558</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="H227" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I227" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J227" s="2" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="K227" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L227" s="3" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="M227" s="3" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="N227" s="4" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="O227" s="2"/>
     </row>
     <row r="228" spans="1:15">
       <c r="A228" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="D228" s="2" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>500</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="H228" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I228" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J228" s="2" t="s">
         <v>974</v>
       </c>
       <c r="K228" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L228" s="3" t="s">
         <v>381</v>
       </c>
       <c r="M228" s="3" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="N228" s="4" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="O228" s="2"/>
     </row>
     <row r="229" spans="1:15">
       <c r="A229" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="D229" s="2" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>600</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G229" s="2" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="H229" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I229" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J229" s="2" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="K229" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L229" s="3" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="M229" s="3" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="N229" s="4" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="O229" s="2"/>
     </row>
     <row r="230" spans="1:15">
       <c r="A230" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>680</v>
       </c>
       <c r="D230" s="2" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G230" s="2" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="H230" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I230" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J230" s="2" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="K230" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L230" s="3" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="M230" s="3" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="N230" s="4" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="O230" s="2"/>
     </row>
     <row r="231" spans="1:15">
       <c r="A231" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>889</v>
       </c>
       <c r="D231" s="2" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="H231" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I231" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="J231" s="2" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="K231" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L231" s="3" t="s">
         <v>894</v>
       </c>
       <c r="M231" s="3" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="N231" s="4" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="O231" s="2"/>
     </row>
     <row r="232" spans="1:15">
       <c r="A232" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="D232" s="2" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>535</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I232" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="K232" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L232" s="3" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="M232" s="3" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="N232" s="4" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="O232" s="2"/>
     </row>
     <row r="233" spans="1:15">
       <c r="A233" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="D233" s="2" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I233" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J233" s="2" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="K233" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L233" s="3" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="M233" s="3" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="N233" s="4" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="O233" s="2"/>
     </row>
     <row r="234" spans="1:15">
       <c r="A234" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="D234" s="2" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G234" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H234" s="2" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="I234" s="2" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="J234" s="2" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="K234" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L234" s="3" t="s">
         <v>824</v>
       </c>
       <c r="M234" s="3" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="N234" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O234" s="2" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="D235" s="2" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H235" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I235" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J235" s="2" t="s">
         <v>480</v>
       </c>
       <c r="K235" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L235" s="3" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="M235" s="3" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="N235" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O235" s="2"/>
     </row>
     <row r="236" spans="1:15">
       <c r="A236" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="D236" s="2" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="H236" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I236" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J236" s="2" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="K236" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L236" s="3" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="M236" s="3" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="N236" s="4" t="s">
         <v>861</v>
       </c>
       <c r="O236" s="2"/>
     </row>
     <row r="237" spans="1:15">
       <c r="A237" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="D237" s="2" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="H237" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I237" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="J237" s="2" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="K237" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L237" s="3" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="M237" s="3" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="N237" s="4" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="O237" s="2" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="D238" s="2" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>919</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I238" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="K238" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L238" s="3" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="M238" s="3" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="N238" s="4" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="O238" s="2" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="D239" s="2" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G239" s="2" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I239" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="J239" s="2" t="s">
         <v>471</v>
       </c>
       <c r="K239" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L239" s="3" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="M239" s="3" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="N239" s="4" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="O239" s="2" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="D240" s="2" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>558</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I240" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J240" s="2" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="K240" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L240" s="3" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="M240" s="3" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="N240" s="4" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="O240" s="2"/>
     </row>
     <row r="241" spans="1:15">
       <c r="A241" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="D241" s="2" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>856</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I241" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="J241" s="2" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="K241" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L241" s="3" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="M241" s="3" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="N241" s="4" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="O241" s="2"/>
     </row>
     <row r="242" spans="1:15">
       <c r="A242" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="D242" s="2" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I242" s="2" t="s">
         <v>69</v>
       </c>
       <c r="J242" s="2" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="K242" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L242" s="3" t="s">
         <v>984</v>
       </c>
       <c r="M242" s="3" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="N242" s="4" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="O242" s="2"/>
     </row>
     <row r="243" spans="1:15">
       <c r="A243" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C243" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="D243" s="2" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="H243" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I243" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J243" s="2" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="K243" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L243" s="3" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="M243" s="3" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="N243" s="4" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="O243" s="2"/>
     </row>
     <row r="244" spans="1:15">
       <c r="A244" s="2" t="s">
         <v>443</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="D244" s="2" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G244" s="2" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I244" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J244" s="2" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="K244" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L244" s="3" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="M244" s="3" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="N244" s="4" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="O244" s="2" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="C245" s="2" t="s">
         <v>1060</v>
       </c>
       <c r="D245" s="2" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>535</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I245" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J245" s="2" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="K245" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L245" s="3" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="M245" s="3" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="N245" s="4" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="O245" s="2"/>
     </row>
     <row r="246" spans="1:15">
       <c r="A246" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="D246" s="2" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H246" s="2" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="I246" s="2" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="J246" s="2" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
       <c r="K246" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L246" s="3" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="M246" s="3" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="N246" s="4" t="s">
         <v>197</v>
       </c>
       <c r="O246" s="2"/>
     </row>
     <row r="247" spans="1:15">
       <c r="A247" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>916</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="D247" s="2" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="H247" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I247" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J247" s="2" t="s">
         <v>644</v>
       </c>
       <c r="K247" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L247" s="3" t="s">
         <v>584</v>
       </c>
       <c r="M247" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="N247" s="4" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="O247" s="2"/>
     </row>
     <row r="248" spans="1:15">
       <c r="A248" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="D248" s="2" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H248" s="2" t="s">
         <v>636</v>
       </c>
       <c r="I248" s="2" t="s">
         <v>636</v>
       </c>
       <c r="J248" s="2" t="s">
         <v>339</v>
       </c>
       <c r="K248" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L248" s="3" t="s">
         <v>283</v>
       </c>
       <c r="M248" s="3" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="N248" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O248" s="2"/>
     </row>
     <row r="249" spans="1:15">
       <c r="A249" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>685</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="D249" s="2" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>688</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>462</v>
       </c>
       <c r="H249" s="2" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="I249" s="2" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="J249" s="2" t="s">
         <v>78</v>
       </c>
       <c r="K249" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L249" s="3" t="s">
         <v>689</v>
       </c>
       <c r="M249" s="3" t="s">
         <v>690</v>
       </c>
       <c r="N249" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O249" s="2"/>
     </row>
     <row r="250" spans="1:15">
       <c r="A250" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="D250" s="2" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>856</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="H250" s="2" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="I250" s="2" t="s">
         <v>612</v>
       </c>
       <c r="J250" s="2" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="K250" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L250" s="3" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="M250" s="3" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="N250" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O250" s="2"/>
     </row>
     <row r="251" spans="1:15">
       <c r="A251" s="2" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="D251" s="2" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>600</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G251" s="2" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="H251" s="2" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="I251" s="2" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="J251" s="2" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="K251" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L251" s="3" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="M251" s="3" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="N251" s="4" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="O251" s="2" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252" s="2" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="D252" s="2" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>600</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G252" s="2" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="H252" s="2" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="I252" s="2" t="s">
         <v>612</v>
       </c>
       <c r="J252" s="2" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="K252" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L252" s="3" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="M252" s="3" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="N252" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O252" s="2"/>
     </row>
     <row r="253" spans="1:15">
       <c r="A253" s="2" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="B253" s="2">
         <v>20361862025</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="D253" s="2" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G253" s="2" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="H253" s="2" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="I253" s="2" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="J253" s="2" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="K253" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L253" s="3" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="M253" s="3" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="N253" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O253" s="2"/>
     </row>
     <row r="254" spans="1:15">
       <c r="A254" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="D254" s="2" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G254" s="2" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="H254" s="2" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="I254" s="2" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="J254" s="2" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="K254" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L254" s="3" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="M254" s="3" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="N254" s="4" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="O254" s="2"/>
     </row>
     <row r="255" spans="1:15">
       <c r="A255" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>1078</v>
+        <v>1726</v>
       </c>
       <c r="D255" s="2" t="s">
-        <v>1724</v>
+        <v>1727</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>1725</v>
+        <v>1728</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="G255" s="2" t="s">
-        <v>87</v>
+        <v>1689</v>
       </c>
       <c r="H255" s="2" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="I255" s="2" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="J255" s="2" t="s">
-        <v>229</v>
+        <v>1689</v>
       </c>
       <c r="K255" s="2" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="L255" s="3" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="M255" s="3" t="s">
-        <v>1729</v>
+        <v>1185</v>
       </c>
       <c r="N255" s="4" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="O255" s="2"/>
     </row>
     <row r="256" spans="1:15">
       <c r="A256" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="D256" s="2" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>1734</v>
+        <v>856</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>1687</v>
+        <v>1608</v>
       </c>
       <c r="H256" s="2" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="I256" s="2" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="J256" s="2" t="s">
-        <v>1687</v>
+        <v>1608</v>
       </c>
       <c r="K256" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L256" s="3" t="s">
+        <v>1737</v>
+      </c>
+      <c r="M256" s="3" t="s">
+        <v>1738</v>
+      </c>
+      <c r="N256" s="4" t="s">
+        <v>1739</v>
+      </c>
+      <c r="O256" s="2"/>
+    </row>
+    <row r="257" spans="1:15">
+      <c r="A257" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="B257" s="2" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C257" s="2" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D257" s="2" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E257" s="2" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F257" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H257" s="2" t="s">
+        <v>1698</v>
+      </c>
+      <c r="I257" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="J257" s="2" t="s">
+        <v>1745</v>
+      </c>
+      <c r="K257" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L257" s="3" t="s">
+        <v>1746</v>
+      </c>
+      <c r="M257" s="3" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N257" s="4" t="s">
+        <v>1748</v>
+      </c>
+      <c r="O257" s="2" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="258" spans="1:15">
+      <c r="A258" s="2" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B258" s="2" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C258" s="2" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D258" s="2" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E258" s="2" t="s">
+        <v>1053</v>
+      </c>
+      <c r="F258" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G258" s="2" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H258" s="2" t="s">
+        <v>1698</v>
+      </c>
+      <c r="I258" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="J258" s="2" t="s">
+        <v>1755</v>
+      </c>
+      <c r="K258" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="L256" s="3" t="s">
-[...8 lines deleted...]
-      <c r="O256" s="2"/>
+      <c r="L258" s="3" t="s">
+        <v>1756</v>
+      </c>
+      <c r="M258" s="3" t="s">
+        <v>1757</v>
+      </c>
+      <c r="N258" s="4" t="s">
+        <v>1758</v>
+      </c>
+      <c r="O258" s="2"/>
+    </row>
+    <row r="259" spans="1:15">
+      <c r="A259" s="2" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B259" s="2" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C259" s="2" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D259" s="2" t="s">
+        <v>1762</v>
+      </c>
+      <c r="E259" s="2" t="s">
+        <v>1763</v>
+      </c>
+      <c r="F259" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G259" s="2" t="s">
+        <v>1764</v>
+      </c>
+      <c r="H259" s="2" t="s">
+        <v>1765</v>
+      </c>
+      <c r="I259" s="2" t="s">
+        <v>1766</v>
+      </c>
+      <c r="J259" s="2" t="s">
+        <v>1767</v>
+      </c>
+      <c r="K259" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L259" s="3" t="s">
+        <v>1768</v>
+      </c>
+      <c r="M259" s="3" t="s">
+        <v>1769</v>
+      </c>
+      <c r="N259" s="4" t="s">
+        <v>1770</v>
+      </c>
+      <c r="O259" s="2"/>
+    </row>
+    <row r="260" spans="1:15">
+      <c r="A260" s="2" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B260" s="2" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C260" s="2" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D260" s="2" t="s">
+        <v>1774</v>
+      </c>
+      <c r="E260" s="2" t="s">
+        <v>1775</v>
+      </c>
+      <c r="F260" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G260" s="2" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H260" s="2" t="s">
+        <v>1765</v>
+      </c>
+      <c r="I260" s="2" t="s">
+        <v>1777</v>
+      </c>
+      <c r="J260" s="2" t="s">
+        <v>1663</v>
+      </c>
+      <c r="K260" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L260" s="3" t="s">
+        <v>1778</v>
+      </c>
+      <c r="M260" s="3" t="s">
+        <v>1779</v>
+      </c>
+      <c r="N260" s="4" t="s">
+        <v>1780</v>
+      </c>
+      <c r="O260" s="2"/>
+    </row>
+    <row r="261" spans="1:15">
+      <c r="A261" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B261" s="2" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C261" s="2" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D261" s="2" t="s">
+        <v>1783</v>
+      </c>
+      <c r="E261" s="2" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F261" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G261" s="2" t="s">
+        <v>1707</v>
+      </c>
+      <c r="H261" s="2" t="s">
+        <v>1785</v>
+      </c>
+      <c r="I261" s="2" t="s">
+        <v>1786</v>
+      </c>
+      <c r="J261" s="2" t="s">
+        <v>1787</v>
+      </c>
+      <c r="K261" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="L261" s="3" t="s">
+        <v>1788</v>
+      </c>
+      <c r="M261" s="3" t="s">
+        <v>1789</v>
+      </c>
+      <c r="N261" s="4" t="s">
+        <v>1790</v>
+      </c>
+      <c r="O261" s="2"/>
+    </row>
+    <row r="262" spans="1:15">
+      <c r="A262" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="B262" s="2" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C262" s="2" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D262" s="2" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E262" s="2" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F262" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G262" s="2" t="s">
+        <v>1795</v>
+      </c>
+      <c r="H262" s="2" t="s">
+        <v>1698</v>
+      </c>
+      <c r="I262" s="2" t="s">
+        <v>1125</v>
+      </c>
+      <c r="J262" s="2" t="s">
+        <v>1796</v>
+      </c>
+      <c r="K262" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L262" s="3" t="s">
+        <v>1797</v>
+      </c>
+      <c r="M262" s="3" t="s">
+        <v>1798</v>
+      </c>
+      <c r="N262" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="O262" s="2"/>
+    </row>
+    <row r="263" spans="1:15">
+      <c r="A263" s="2" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B263" s="2" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C263" s="2" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D263" s="2" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E263" s="2" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F263" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H263" s="2" t="s">
+        <v>1765</v>
+      </c>
+      <c r="I263" s="2" t="s">
+        <v>1804</v>
+      </c>
+      <c r="J263" s="2" t="s">
+        <v>1805</v>
+      </c>
+      <c r="K263" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L263" s="3" t="s">
+        <v>1638</v>
+      </c>
+      <c r="M263" s="3" t="s">
+        <v>1806</v>
+      </c>
+      <c r="N263" s="4" t="s">
+        <v>1807</v>
+      </c>
+      <c r="O263" s="2"/>
+    </row>
+    <row r="264" spans="1:15">
+      <c r="A264" s="2" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B264" s="2" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C264" s="2" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D264" s="2" t="s">
+        <v>1810</v>
+      </c>
+      <c r="E264" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F264" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G264" s="2" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H264" s="2" t="s">
+        <v>1812</v>
+      </c>
+      <c r="I264" s="2" t="s">
+        <v>1766</v>
+      </c>
+      <c r="J264" s="2" t="s">
+        <v>1554</v>
+      </c>
+      <c r="K264" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="L264" s="3" t="s">
+        <v>1637</v>
+      </c>
+      <c r="M264" s="3" t="s">
+        <v>1813</v>
+      </c>
+      <c r="N264" s="4" t="s">
+        <v>1814</v>
+      </c>
+      <c r="O264" s="2"/>
+    </row>
+    <row r="265" spans="1:15">
+      <c r="A265" s="2" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B265" s="2" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C265" s="2" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>1818</v>
+      </c>
+      <c r="E265" s="2" t="s">
+        <v>1819</v>
+      </c>
+      <c r="F265" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G265" s="2" t="s">
+        <v>1720</v>
+      </c>
+      <c r="H265" s="2" t="s">
+        <v>1812</v>
+      </c>
+      <c r="I265" s="2" t="s">
+        <v>1820</v>
+      </c>
+      <c r="J265" s="2" t="s">
+        <v>1811</v>
+      </c>
+      <c r="K265" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="L265" s="3" t="s">
+        <v>1821</v>
+      </c>
+      <c r="M265" s="3" t="s">
+        <v>1822</v>
+      </c>
+      <c r="N265" s="4" t="s">
+        <v>1823</v>
+      </c>
+      <c r="O265" s="2"/>
+    </row>
+    <row r="266" spans="1:15">
+      <c r="A266" s="2" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B266" s="2" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C266" s="2" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D266" s="2" t="s">
+        <v>1827</v>
+      </c>
+      <c r="E266" s="2" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F266" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G266" s="2" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H266" s="2" t="s">
+        <v>1765</v>
+      </c>
+      <c r="I266" s="2" t="s">
+        <v>1766</v>
+      </c>
+      <c r="J266" s="2" t="s">
+        <v>1830</v>
+      </c>
+      <c r="K266" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L266" s="3" t="s">
+        <v>1831</v>
+      </c>
+      <c r="M266" s="3" t="s">
+        <v>1832</v>
+      </c>
+      <c r="N266" s="4" t="s">
+        <v>1833</v>
+      </c>
+      <c r="O266" s="2"/>
+    </row>
+    <row r="267" spans="1:15">
+      <c r="A267" s="2" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B267" s="2" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C267" s="2" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D267" s="2" t="s">
+        <v>1836</v>
+      </c>
+      <c r="E267" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F267" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>1837</v>
+      </c>
+      <c r="H267" s="2" t="s">
+        <v>1765</v>
+      </c>
+      <c r="I267" s="2" t="s">
+        <v>1766</v>
+      </c>
+      <c r="J267" s="2" t="s">
+        <v>1838</v>
+      </c>
+      <c r="K267" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L267" s="3" t="s">
+        <v>1839</v>
+      </c>
+      <c r="M267" s="3" t="s">
+        <v>1840</v>
+      </c>
+      <c r="N267" s="4" t="s">
+        <v>1841</v>
+      </c>
+      <c r="O267" s="2"/>
+    </row>
+    <row r="268" spans="1:15">
+      <c r="A268" s="2" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B268" s="2" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C268" s="2" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D268" s="2" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E268" s="2" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F268" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G268" s="2" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H268" s="2" t="s">
+        <v>1765</v>
+      </c>
+      <c r="I268" s="2" t="s">
+        <v>1766</v>
+      </c>
+      <c r="J268" s="2" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K268" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L268" s="3" t="s">
+        <v>1847</v>
+      </c>
+      <c r="M268" s="3" t="s">
+        <v>1848</v>
+      </c>
+      <c r="N268" s="4" t="s">
+        <v>1849</v>
+      </c>
+      <c r="O268" s="2"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:O1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -17896,31 +18779,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Portal da Transparência - ALEP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Relatório de Contratos</dc:title>
-  <dc:description>Relatório de Contratos gerado em 24/02/2026 21:18:54</dc:description>
+  <dc:description>Relatório de Contratos gerado em 17/03/2026 15:26:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>