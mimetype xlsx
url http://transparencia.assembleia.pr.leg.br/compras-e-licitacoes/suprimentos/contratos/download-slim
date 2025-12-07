--- v0 (2025-11-16)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$C$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
   <si>
     <t>Contrato</t>
   </si>
   <si>
     <t>Fiscal</t>
   </si>
   <si>
     <t>Gestor</t>
   </si>
   <si>
     <t>001/2023</t>
   </si>
   <si>
     <t>Roberta Sakuma Kashivaqui</t>
   </si>
   <si>
     <t>Leionardo A. Oliveira Portes</t>
   </si>
   <si>
     <t>042/2020</t>
   </si>
   <si>
     <t>Angelo Dresseno Filho / Albari Josebel Padilha</t>
   </si>
   <si>
@@ -815,50 +815,56 @@
     <t>015/2024</t>
   </si>
   <si>
     <t>028/2024</t>
   </si>
   <si>
     <t>023/2024</t>
   </si>
   <si>
     <t>Guacira Maria Rodrigues Oliveira</t>
   </si>
   <si>
     <t>013/2025</t>
   </si>
   <si>
     <t>012/2024</t>
   </si>
   <si>
     <t>011/2025</t>
   </si>
   <si>
     <t>050/2023</t>
   </si>
   <si>
     <t>019/2025</t>
+  </si>
+  <si>
+    <t>TERMO DE FILIAÇÃO</t>
+  </si>
+  <si>
+    <t>014/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1210,55 +1216,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C250"/>
+  <dimension ref="A1:C252"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A1" sqref="A1:C250"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1:C252"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -3971,50 +3977,72 @@
         <v>100</v>
       </c>
       <c r="C248" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C249" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="2" t="s">
         <v>266</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C250" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="B251" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C251" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="B252" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C252" s="2" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:C1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4027,31 +4055,31 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Portal da Transparência - ALEP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Relatório de Gestores de Contratos</dc:title>
-  <dc:description>Relatório de Gestores de Contratos gerado em 15/11/2025 22:24:18</dc:description>
+  <dc:description>Relatório de Gestores de Contratos gerado em 07/12/2025 06:08:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>