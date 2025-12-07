--- v0 (2025-11-16)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$O$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1686">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1703">
   <si>
     <t>Diretoria</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Fornecedor</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Fiscal</t>
   </si>
   <si>
     <t>Gestor</t>
   </si>
   <si>
     <t>Contrato</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
@@ -2896,51 +2896,51 @@
   <si>
     <t>Aquisição de telefones analógicos fixos de mesa.</t>
   </si>
   <si>
     <t>046/2023</t>
   </si>
   <si>
     <t>041/2023</t>
   </si>
   <si>
     <t>R$ 7.180,00</t>
   </si>
   <si>
     <t>00258-64.2022</t>
   </si>
   <si>
     <t>ADSERVI Adm de Serviços</t>
   </si>
   <si>
     <t>Limpeza e conservação</t>
   </si>
   <si>
     <t>039/2022</t>
   </si>
   <si>
-    <t>6º aditivo</t>
+    <t>7º aditivo</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>30/11/2022</t>
   </si>
   <si>
     <t>R$ 9.915.337,70</t>
   </si>
   <si>
     <t>13218-20.2023</t>
   </si>
   <si>
     <t>Gráfica Comunique LTDA</t>
   </si>
   <si>
     <t>O presente contrato tem como objeto a aquisição de 70 (setenta) unidades de
 carteiras funcionais de identificação para os Deputados Estaduais, conforme
 especificações e quantitativos definidos no Termo de Referência.</t>
   </si>
   <si>
     <t>034/2023</t>
   </si>
   <si>
@@ -3768,51 +3768,51 @@
   <si>
     <t>LIGGA Telecomunicações</t>
   </si>
   <si>
     <t>Contratação de empresa autorizada pela Agência Nacional de Telecomunicações
 (ANATEL) para operar serviços de comunicação multimídia (SCM), para prestar serviços de comunicação de
 dados e formação de redes privativas para acesso à Internet, para atender as necessidades da Assembleia Legislativa
 do Paraná.</t>
   </si>
   <si>
     <t>Marcelo Sirvas Plata / Deimon Machado</t>
   </si>
   <si>
     <t>051/2021</t>
   </si>
   <si>
     <t>035/2021</t>
   </si>
   <si>
     <t>16/12/2021</t>
   </si>
   <si>
     <t>16/12/2025</t>
   </si>
   <si>
-    <t>R$ 40.830,90</t>
+    <t>R$ 43.222,90</t>
   </si>
   <si>
     <t>MUNDIVOX COMUNICACOES LTDA</t>
   </si>
   <si>
     <t>Contratação de empresa autorizada pela Agência Nacional de Telecomunicações
 (ANATEL) para operar serviços de comunicação multimídia (SCM), para prestar
 serviços de comunicação de dados e formação de redes privativas e para acesso à
 Internet, conforme especificações descritas no Edital e seus Anexos.</t>
   </si>
   <si>
     <t>050/2021</t>
   </si>
   <si>
     <t>1º aditivo</t>
   </si>
   <si>
     <t>R$ 127.999,68</t>
   </si>
   <si>
     <t>09724-83.2020</t>
   </si>
   <si>
     <t>TRIBUNAL DE JUSTIÇA DO ESTADO PARANÁ, MINISTÉRIO PÚBLICO DO ESTADO DO PARANÁ E SECRETARIA DE ESTADO DA EDUCAÇÃO E DO ESPORTE</t>
   </si>
@@ -5612,50 +5612,102 @@
 para o processo de desenvolvimento de cursos de Extensão, Graduação e Pós-Graduação.</t>
   </si>
   <si>
     <t>Termo de Cooperação Acadêmica</t>
   </si>
   <si>
     <t>17673-09.2025</t>
   </si>
   <si>
     <t>Museu Oscar Niemeyer</t>
   </si>
   <si>
     <t>Ação cultural consistente em empréstimo de obras e exposição itinerante do Acervo do Museu Oscar Niemeyer a ser recebida na Assembleia Legislativa do Estado do Paraná</t>
   </si>
   <si>
     <t>019/2025</t>
   </si>
   <si>
     <t>Publicado</t>
   </si>
   <si>
     <t>27/10/2025</t>
   </si>
   <si>
     <t>26/10/2026</t>
+  </si>
+  <si>
+    <t>DIRETORIA DE APOIO TÉCNICO</t>
+  </si>
+  <si>
+    <t>10977-90.2025</t>
+  </si>
+  <si>
+    <t>ASSOCIAÇÃO BRASILEIRA DE TELEVISÕES E RÁDIOS LEGISLATIVAS - ASTRAL</t>
+  </si>
+  <si>
+    <t>O presente TERMO DE FILIAÇÃO tem por objeto formalizar a filiação da ALEP junto à ASTRAL, além de estabelecer a cooperação técnica e o intercâmbio de
+conhecimentos, informações e experiências, visando à implantação, gestão e expansão dos canais de rádio e televisão dos legislativos, bem como a promoção de seminários, cursos, palestras e treinamentos para os profissionais de comunicação e a implementação de ações, programas, projetos e atividades complementares de interesse comum entre a ASTRAL e a ALEP.</t>
+  </si>
+  <si>
+    <t>TERMO DE FILIAÇÃO</t>
+  </si>
+  <si>
+    <t>Vigente</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>25/11/2030</t>
+  </si>
+  <si>
+    <t>Valor da taxa de anuidade, para o período de 12 meses: R$ 12.000,00 (doze mil reais). Valor global do Termo de Filiação, considerando a vigência de 60 (sessenta) meses: R$ 60.000,00 (sessenta mil reais).</t>
+  </si>
+  <si>
+    <t>Apoio Técnico</t>
+  </si>
+  <si>
+    <t>15953-83.2025</t>
+  </si>
+  <si>
+    <t>DEFENSORIA PÚBLICA DO ESTADO DO PARANÁ</t>
+  </si>
+  <si>
+    <t>Estabelecer a cooperação entre a DPE/PR e a ALEP com a finalidade de divulgar conteúdos informativos sobre os serviços oferecidos pela DPE/PR e temas relacionados aos direitos e garantias fundamentais jurídicos gratuitos da DPE/PR, por meio dos canais multimídia da ALEP, em especial, a TV Assembleia.</t>
+  </si>
+  <si>
+    <t>014/2025</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>26/11/2027</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -6013,55 +6065,55 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O250"/>
+  <dimension ref="A1:O252"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A1" sqref="A1:O250"/>
+      <selection pane="bottomLeft" activeCell="A1" sqref="A1:O252"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="15" customWidth="true" style="0"/>
     <col min="12" max="12" width="18" customWidth="true" style="0"/>
     <col min="13" max="13" width="18" customWidth="true" style="0"/>
     <col min="14" max="14" width="20" customWidth="true" style="0"/>
     <col min="15" max="15" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -13367,51 +13419,51 @@
       <c r="O161" s="2"/>
     </row>
     <row r="162" spans="1:15">
       <c r="A162" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>1155</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>1156</v>
       </c>
       <c r="D162" s="2" t="s">
         <v>1157</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>1158</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G162" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="H162" s="2" t="s">
-        <v>388</v>
+        <v>169</v>
       </c>
       <c r="I162" s="2" t="s">
         <v>358</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>1160</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L162" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="M162" s="3" t="s">
         <v>1162</v>
       </c>
       <c r="N162" s="4" t="s">
         <v>1163</v>
       </c>
       <c r="O162" s="2"/>
     </row>
     <row r="163" spans="1:15">
       <c r="A163" s="2" t="s">
         <v>63</v>
       </c>
@@ -17408,50 +17460,142 @@
       <c r="G250" s="2" t="s">
         <v>1682</v>
       </c>
       <c r="H250" s="2" t="s">
         <v>1683</v>
       </c>
       <c r="I250" s="2" t="s">
         <v>612</v>
       </c>
       <c r="J250" s="2" t="s">
         <v>1682</v>
       </c>
       <c r="K250" s="2" t="s">
         <v>171</v>
       </c>
       <c r="L250" s="3" t="s">
         <v>1684</v>
       </c>
       <c r="M250" s="3" t="s">
         <v>1685</v>
       </c>
       <c r="N250" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O250" s="2"/>
+    </row>
+    <row r="251" spans="1:15">
+      <c r="A251" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B251" s="2" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C251" s="2" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D251" s="2" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E251" s="2" t="s">
+        <v>600</v>
+      </c>
+      <c r="F251" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G251" s="2" t="s">
+        <v>1690</v>
+      </c>
+      <c r="H251" s="2" t="s">
+        <v>1691</v>
+      </c>
+      <c r="I251" s="2" t="s">
+        <v>1438</v>
+      </c>
+      <c r="J251" s="2" t="s">
+        <v>1692</v>
+      </c>
+      <c r="K251" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="L251" s="3" t="s">
+        <v>1693</v>
+      </c>
+      <c r="M251" s="3" t="s">
+        <v>1694</v>
+      </c>
+      <c r="N251" s="4" t="s">
+        <v>1179</v>
+      </c>
+      <c r="O251" s="2" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="252" spans="1:15">
+      <c r="A252" s="2" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B252" s="2" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>1699</v>
+      </c>
+      <c r="E252" s="2" t="s">
+        <v>600</v>
+      </c>
+      <c r="F252" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G252" s="2" t="s">
+        <v>1700</v>
+      </c>
+      <c r="H252" s="2" t="s">
+        <v>1683</v>
+      </c>
+      <c r="I252" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="J252" s="2" t="s">
+        <v>1700</v>
+      </c>
+      <c r="K252" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="L252" s="3" t="s">
+        <v>1701</v>
+      </c>
+      <c r="M252" s="3" t="s">
+        <v>1702</v>
+      </c>
+      <c r="N252" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="O252" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:O1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -17462,31 +17606,31 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Portal da Transparência - ALEP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Relatório de Contratos</dc:title>
-  <dc:description>Relatório de Contratos gerado em 15/11/2025 22:24:07</dc:description>
+  <dc:description>Relatório de Contratos gerado em 07/12/2025 06:14:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>